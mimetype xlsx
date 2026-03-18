--- v0 (2026-03-18)
+++ v1 (2026-03-18)
@@ -467,89 +467,89 @@
   <x:si>
     <x:t>Groupe Belmont - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13290</x:t>
   </x:si>
   <x:si>
     <x:t>AIX - LES MILLES</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en audit, contrôle et conseil (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Centre d'Etudes Européen Méditérranée</x:t>
   </x:si>
   <x:si>
     <x:t>CEEME</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 5 et plus</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion budgétaire</x:t>
   </x:si>
   <x:si>
+    <x:t>Formation et Métier - Cfa Régional de la Cité Technique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13016</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ogec Sacré Coeur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13100</x:t>
+  </x:si>
+  <x:si>
     <x:t>MONTFAVET</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Groupe Belmont - Antenne Mougins</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MOUGINS</x:t>
+  </x:si>
+  <x:si>
     <x:t>Fdm Groupe</x:t>
   </x:si>
   <x:si>
     <x:t>13500</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-MITRE-LES-REMPARTS</x:t>
   </x:si>
   <x:si>
-    <x:t>Formation et Métier - Cfa Régional de la Cité Technique</x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t>Institut Formation Conseil</x:t>
   </x:si>
   <x:si>
     <x:t>IFC</x:t>
   </x:si>
   <x:si>
     <x:t>84000</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Centre de Formation Professionnelle Vincent de Paul</x:t>
   </x:si>
   <x:si>
     <x:t>Centre de Formation Professionnelle Vincent de Paul - Antenne Avignon</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure de Commerce et de Communication - Antenne Cannes (Migno)</x:t>
   </x:si>
   <x:si>
     <x:t>06400</x:t>
@@ -923,74 +923,74 @@
   <x:si>
     <x:t>Institut de Formation Perrimond</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 7e</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention management parcours contrôle de gestion et reporting</x:t>
   </x:si>
   <x:si>
     <x:t>Encadrement management</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Institut d'Administration des Entreprises</x:t>
   </x:si>
   <x:si>
     <x:t>13540</x:t>
   </x:si>
   <x:si>
     <x:t>PUYRICARD</x:t>
   </x:si>
   <x:si>
+    <x:t>Expert financier et administratif (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Le Cours Messidoro - Pigier</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Le Cours Messidoro - Pigier - Antenne Aix en Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/10/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention management parcours audit interne et management des risques</x:t>
   </x:si>
   <x:si>
-    <x:t>Expert financier et administratif (Apprentissage)</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Autre public , Handicapé , Jeune 16-25 ans</x:t>
   </x:si>
   <x:si>
-    <x:t>05/31/2028 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>M2s Formation</x:t>
   </x:si>
   <x:si>
     <x:t>Collège et Lycée Général Technologique Professionnel Don Bosco - Cfa Régional Don Bosco</x:t>
   </x:si>
   <x:si>
     <x:t>06046</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Saint Joseph</x:t>
   </x:si>
   <x:si>
     <x:t>06100</x:t>
   </x:si>
   <x:si>
     <x:t>First Line Formation</x:t>
   </x:si>
   <x:si>
     <x:t>83520</x:t>
   </x:si>
   <x:si>
     <x:t>FREJUS</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité gestion des entreprises et des administrations parcours contrôle de gestion et pilotage de la performance</x:t>
@@ -1379,96 +1379,96 @@
   <x:si>
     <x:t>EGC Business School  - Campus d'Arles</x:t>
   </x:si>
   <x:si>
     <x:t>Univ. de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>83957</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE DE TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>École Pratique - Campus de Vaufrèges</x:t>
   </x:si>
   <x:si>
     <x:t>13009</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Pratique</x:t>
   </x:si>
   <x:si>
+    <x:t>Expert en stratégie financière (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gestion risque financier</x:t>
+  </x:si>
+  <x:si>
+    <x:t>master mention contrôle de gestion et audit organisationnel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>expert financier et administratif</x:t>
+  </x:si>
+  <x:si>
+    <x:t>École Pigier Marseille (cours Messidoro)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole Pigier Aix en Provence</x:t>
+  </x:si>
+  <x:si>
     <x:t>MARSEILLE CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>ESCG Nice</x:t>
   </x:si>
   <x:si>
-    <x:t>Expert en stratégie financière (Apprentissage)</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Diplôme d'études spécialisées en management international</x:t>
   </x:si>
   <x:si>
     <x:t>SKEMA BS</x:t>
   </x:si>
   <x:si>
     <x:t>06902</x:t>
   </x:si>
   <x:si>
     <x:t>Stratégie internationale</x:t>
   </x:si>
   <x:si>
     <x:t>SOPHIA ANTIPOLIS CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>M2S Formation Aubagne</x:t>
   </x:si>
   <x:si>
     <x:t>13400</x:t>
   </x:si>
   <x:si>
     <x:t>AUBAGNE</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>Ecole Pigier Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>expert en contrôle de gestion et audit</x:t>
   </x:si>
   <x:si>
     <x:t>ESG</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en audit et contrôle (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>responsable en gestion financière</x:t>
   </x:si>
   <x:si>
     <x:t>INSEEC</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée M Curie</x:t>
   </x:si>
   <x:si>
     <x:t>13392</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 05</x:t>
   </x:si>
@@ -4466,326 +4466,325 @@
         <x:v>500533</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>40999</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
-        <x:v>53</x:v>
-[...1 lines deleted...]
-      <x:c r="H40" s="14" t="s"/>
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="H40" s="14" t="s">
+        <x:v>133</x:v>
+      </x:c>
       <x:c r="I40" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>32652</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>495327</x:v>
+        <x:v>507324</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
-        <x:v>34734</x:v>
+        <x:v>40999</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="E41" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
-        <x:v>32054</x:v>
+        <x:v>32652</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>499363</x:v>
+        <x:v>495327</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
-        <x:v>40999</x:v>
+        <x:v>34734</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
-        <x:v>32652</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>497622</x:v>
+        <x:v>499363</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
-        <x:v>40999</x:v>
+        <x:v>34734</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
-        <x:v>137</x:v>
-[...2 lines deleted...]
-        <x:v>138</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
-        <x:v>32652</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="Q43" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="Q43" s="4" t="s">
+      <x:c r="R43" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
-      <x:c r="R43" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>507324</x:v>
+        <x:v>499360</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
-        <x:v>34734</x:v>
+        <x:v>40999</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
-        <x:v>32054</x:v>
+        <x:v>32652</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>499360</x:v>
+        <x:v>497622</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>40999</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="E45" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -5055,57 +5054,57 @@
         <x:v>502446</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>40999</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="I50" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>32652</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
@@ -5380,51 +5379,51 @@
       <x:c r="I55" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>32652</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>517848</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>40999</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
@@ -6311,51 +6310,51 @@
       <x:c r="I71" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>32652</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>527327</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>40999</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
@@ -8520,747 +8519,749 @@
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>548542</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
-        <x:v>35008</x:v>
+        <x:v>40999</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
-        <x:v>128</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
-        <x:v>32650</x:v>
+        <x:v>32652</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>555020</x:v>
+        <x:v>550902</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>40999</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="E111" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="H111" s="0" t="s">
+        <x:v>160</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>32652</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>550902</x:v>
+        <x:v>559043</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>40999</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I112" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>32652</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>559043</x:v>
+        <x:v>548540</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
-        <x:v>40999</x:v>
+        <x:v>37836</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="E113" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
-        <x:v>32652</x:v>
+        <x:v>32623</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>548540</x:v>
+        <x:v>556819</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
-        <x:v>35</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
-        <x:v>37836</x:v>
+        <x:v>40999</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
-      <x:c r="E114" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
-        <x:v>137</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
-        <x:v>32623</x:v>
+        <x:v>32652</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
-        <x:v>276</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
-        <x:v>264</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
-        <x:v>277</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>556819</x:v>
+        <x:v>571304</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
-        <x:v>40999</x:v>
+        <x:v>37836</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
+      <x:c r="E115" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="G115" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="H115" s="0" t="s">
+        <x:v>133</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
-        <x:v>273</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
-        <x:v>32652</x:v>
+        <x:v>32623</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
-        <x:v>273</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>571304</x:v>
+        <x:v>557160</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
-        <x:v>37836</x:v>
+        <x:v>35378</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I116" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
-        <x:v>32623</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>557160</x:v>
+        <x:v>554938</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
-        <x:v>35378</x:v>
+        <x:v>35917</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
-      <x:c r="E117" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G117" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="H117" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
-        <x:v>32054</x:v>
+        <x:v>32154</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
-        <x:v>554938</x:v>
+        <x:v>575022</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
-        <x:v>278</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
-        <x:v>279</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
-        <x:v>35917</x:v>
+        <x:v>40999</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
-      <x:c r="E118" s="14" t="s"/>
+      <x:c r="E118" s="14" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
-        <x:v>262</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="I118" s="16" t="s">
-        <x:v>264</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
-        <x:v>32154</x:v>
+        <x:v>32652</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
-        <x:v>280</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
-        <x:v>281</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
-        <x:v>282</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
-        <x:v>575022</x:v>
+        <x:v>557165</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
-        <x:v>40999</x:v>
+        <x:v>35008</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="E119" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="H119" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
-        <x:v>32652</x:v>
+        <x:v>32650</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>557165</x:v>
+        <x:v>555020</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
-        <x:v>35917</x:v>
+        <x:v>37830</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
-      <x:c r="E120" s="14" t="s"/>
+      <x:c r="E120" s="14" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
-        <x:v>262</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
-        <x:v>264</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
-        <x:v>32154</x:v>
+        <x:v>32623</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
-        <x:v>280</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
-        <x:v>281</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
-        <x:v>282</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>575020</x:v>
+        <x:v>546325</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
-        <x:v>37830</x:v>
+        <x:v>40999</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="E121" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
-        <x:v>32623</x:v>
+        <x:v>32652</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
-        <x:v>288</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>546325</x:v>
+        <x:v>547136</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>40999</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>150</x:v>
@@ -9349,1041 +9350,1039 @@
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>548536</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
-        <x:v>40999</x:v>
+        <x:v>35917</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
-        <x:v>168</x:v>
-[...1 lines deleted...]
-      <x:c r="H124" s="14" t="s"/>
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="H124" s="14" t="s">
+        <x:v>263</x:v>
+      </x:c>
       <x:c r="I124" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
-        <x:v>32652</x:v>
+        <x:v>32154</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
-        <x:v>511666</x:v>
+        <x:v>575020</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
-        <x:v>291</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
-        <x:v>35989</x:v>
+        <x:v>40999</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
-      <x:c r="E125" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G125" s="0" t="s">
-        <x:v>292</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>32652</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
-        <x:v>292</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
-        <x:v>600435</x:v>
+        <x:v>511666</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
-        <x:v>37836</x:v>
+        <x:v>35989</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
-        <x:v>294</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
-        <x:v>32623</x:v>
+        <x:v>32652</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
-        <x:v>296</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
-        <x:v>547462</x:v>
+        <x:v>600435</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
-        <x:v>35989</x:v>
+        <x:v>37836</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="E127" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
-        <x:v>114</x:v>
-[...2 lines deleted...]
-        <x:v>115</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
-        <x:v>32652</x:v>
+        <x:v>32623</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
-        <x:v>555952</x:v>
+        <x:v>547462</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
-        <x:v>40999</x:v>
+        <x:v>35989</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
-      <x:c r="E128" s="14" t="s"/>
+      <x:c r="E128" s="14" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="I128" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>32652</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
-        <x:v>556193</x:v>
+        <x:v>555952</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>40999</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>32652</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
-        <x:v>590959</x:v>
+        <x:v>556193</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>40999</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="I130" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>32652</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>587403</x:v>
+        <x:v>590959</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>40999</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
-      <x:c r="E131" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G131" s="0" t="s">
-        <x:v>297</x:v>
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="H131" s="0" t="s">
+        <x:v>160</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
-        <x:v>298</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>32652</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
-        <x:v>297</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
-        <x:v>298</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
-        <x:v>299</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>545385</x:v>
+        <x:v>587403</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>40999</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
-      <x:c r="E132" s="14" t="s"/>
+      <x:c r="E132" s="14" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
-        <x:v>262</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
-        <x:v>264</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>32652</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
-        <x:v>262</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
-        <x:v>264</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>584138</x:v>
+        <x:v>545385</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>40999</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
-      <x:c r="E133" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G133" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="H133" s="0" t="s">
+        <x:v>263</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>32652</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>546843</x:v>
+        <x:v>584138</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
-        <x:v>300</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
-        <x:v>35378</x:v>
+        <x:v>40999</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
-      <x:c r="E134" s="14" t="s"/>
+      <x:c r="E134" s="14" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
-        <x:v>262</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
-        <x:v>264</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
-        <x:v>32054</x:v>
+        <x:v>32652</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
-        <x:v>262</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
-        <x:v>264</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>575971</x:v>
+        <x:v>546843</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
-        <x:v>40999</x:v>
+        <x:v>35378</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
-      <x:c r="E135" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G135" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="H135" s="0" t="s">
+        <x:v>263</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
-        <x:v>32652</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>553029</x:v>
+        <x:v>575971</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>278</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>40999</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
-        <x:v>114</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>32652</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
-        <x:v>555799</x:v>
+        <x:v>553029</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>40999</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="E137" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H137" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>32652</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>555802</x:v>
+        <x:v>555799</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>40999</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="I138" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>32652</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>545632</x:v>
+        <x:v>555802</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
-        <x:v>35989</x:v>
+        <x:v>40999</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="E139" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="H139" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>32652</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
-        <x:v>555951</x:v>
+        <x:v>545632</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
-        <x:v>40999</x:v>
+        <x:v>35989</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
-        <x:v>168</x:v>
-[...1 lines deleted...]
-      <x:c r="H140" s="14" t="s"/>
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="H140" s="14" t="s">
+        <x:v>115</x:v>
+      </x:c>
       <x:c r="I140" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>32652</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
-        <x:v>547136</x:v>
+        <x:v>555951</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
-        <x:v>291</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>40999</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="E141" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H141" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
@@ -10526,102 +10525,102 @@
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
         <x:v>545630</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>37830</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
-        <x:v>286</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
-        <x:v>287</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>32623</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="Q144" s="16" t="s">
         <x:v>286</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>287</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>546326</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
-        <x:v>289</x:v>
+        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>40999</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="E145" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -11120,136 +11119,136 @@
         <x:v>549255</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>40999</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s"/>
       <x:c r="I154" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>32652</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
         <x:v>546062</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>38520</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="E155" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="I155" s="4" t="s">
         <x:v>286</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>287</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>32626</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="Q155" s="4" t="s">
         <x:v>286</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>287</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
         <x:v>546324</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>35917</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
@@ -11410,78 +11409,78 @@
       <x:c r="S158" s="14" t="n">
         <x:v>548473</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
         <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>38520</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="E159" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="I159" s="4" t="s">
         <x:v>286</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>287</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>32626</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
-        <x:v>288</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
         <x:v>546323</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>40999</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
@@ -13544,51 +13543,51 @@
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
         <x:v>579553</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
         <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
         <x:v>37830</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s"/>
       <x:c r="I196" s="16" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="K196" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -13784,220 +13783,221 @@
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
         <x:v>558876</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
-        <x:v>35989</x:v>
+        <x:v>40999</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s"/>
       <x:c r="I200" s="16" t="s">
-        <x:v>192</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K200" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>32652</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
-        <x:v>551981</x:v>
+        <x:v>554228</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
-        <x:v>362</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
         <x:v>40999</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="E201" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="H201" s="0" t="s">
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>32652</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
-        <x:v>554228</x:v>
+        <x:v>546496</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
-        <x:v>40999</x:v>
+        <x:v>35989</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
-        <x:v>88</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="H202" s="14" t="s"/>
       <x:c r="I202" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K202" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>32652</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
-        <x:v>546496</x:v>
+        <x:v>551981</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
         <x:v>40999</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="E203" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -14230,51 +14230,51 @@
       <x:c r="J207" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
         <x:v>565300</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
         <x:v>36764</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
@@ -16995,90 +16995,90 @@
       </x:c>
       <x:c r="P255" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
         <x:v>609439</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="C256" s="15" t="n">
         <x:v>37830</x:v>
       </x:c>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
-        <x:v>286</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s"/>
       <x:c r="I256" s="16" t="s">
-        <x:v>287</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="J256" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="K256" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
         <x:v>32623</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
-        <x:v>288</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
         <x:v>600149</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C257" s="3" t="n">
         <x:v>41843</x:v>
       </x:c>
       <x:c r="D257" s="3" t="s"/>
@@ -17447,678 +17447,678 @@
       </x:c>
       <x:c r="O263" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
         <x:v>602194</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
-        <x:v>407</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
-        <x:v>408</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="C264" s="15" t="n">
-        <x:v>41843</x:v>
+        <x:v>40177</x:v>
       </x:c>
       <x:c r="D264" s="15" t="s"/>
-      <x:c r="E264" s="14" t="s"/>
+      <x:c r="E264" s="14" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
-        <x:v>419</x:v>
-[...1 lines deleted...]
-      <x:c r="H264" s="14" t="s"/>
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="H264" s="14" t="s">
+        <x:v>129</x:v>
+      </x:c>
       <x:c r="I264" s="16" t="s">
-        <x:v>420</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="K264" s="14" t="s">
-        <x:v>309</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L264" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
-        <x:v>32652</x:v>
+        <x:v>32602</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
-        <x:v>419</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
-        <x:v>420</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
-        <x:v>436</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
-        <x:v>594977</x:v>
+        <x:v>608418</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
-        <x:v>412</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
-        <x:v>408</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="C265" s="3" t="n">
-        <x:v>41843</x:v>
+        <x:v>40177</x:v>
       </x:c>
       <x:c r="D265" s="3" t="s"/>
+      <x:c r="E265" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="G265" s="0" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="H265" s="0" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="I265" s="4" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="J265" s="0" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="K265" s="0" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="L265" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="M265" s="0" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="N265" s="3" t="n">
+        <x:v>32602</x:v>
+      </x:c>
+      <x:c r="O265" s="0" t="s">
         <x:v>437</x:v>
       </x:c>
-      <x:c r="I265" s="4" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="P265" s="0" t="s">
-        <x:v>437</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
-        <x:v>594979</x:v>
+        <x:v>608420</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
-        <x:v>35</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="C266" s="15" t="n">
-        <x:v>40177</x:v>
+        <x:v>35918</x:v>
       </x:c>
       <x:c r="D266" s="15" t="s"/>
-      <x:c r="E266" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E266" s="14" t="s"/>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
-        <x:v>128</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>419</x:v>
+      </x:c>
+      <x:c r="H266" s="14" t="s"/>
       <x:c r="I266" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="K266" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
-        <x:v>32602</x:v>
+        <x:v>32098</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
-        <x:v>439</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
-        <x:v>608418</x:v>
+        <x:v>595453</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
-        <x:v>438</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="C267" s="3" t="n">
-        <x:v>40177</x:v>
+        <x:v>37830</x:v>
       </x:c>
       <x:c r="D267" s="3" t="s"/>
-      <x:c r="E267" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G267" s="0" t="s">
-        <x:v>128</x:v>
-[...2 lines deleted...]
-        <x:v>129</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="J267" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
-        <x:v>32602</x:v>
+        <x:v>32623</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
-        <x:v>608420</x:v>
+        <x:v>597140</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
-        <x:v>407</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
-        <x:v>440</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C268" s="15" t="n">
-        <x:v>41056</x:v>
+        <x:v>41843</x:v>
       </x:c>
       <x:c r="D268" s="15" t="s"/>
-      <x:c r="E268" s="14" t="s"/>
+      <x:c r="E268" s="14" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
-        <x:v>441</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H268" s="14" t="s"/>
       <x:c r="I268" s="16" t="s">
-        <x:v>442</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K268" s="14" t="s">
-        <x:v>309</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
-        <x:v>32005</x:v>
+        <x:v>32652</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
-        <x:v>441</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
-        <x:v>442</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
-        <x:v>444</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
-        <x:v>592823</x:v>
+        <x:v>605569</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C269" s="3" t="n">
-        <x:v>35989</x:v>
+        <x:v>41843</x:v>
       </x:c>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="E269" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G269" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
-        <x:v>446</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J269" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
         <x:v>32652</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
-        <x:v>446</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
-        <x:v>447</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
-        <x:v>600417</x:v>
+        <x:v>599173</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
-        <x:v>384</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
-        <x:v>35</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="C270" s="15" t="n">
-        <x:v>35989</x:v>
+        <x:v>41843</x:v>
       </x:c>
       <x:c r="D270" s="15" t="s"/>
-      <x:c r="E270" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E270" s="14" t="s"/>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
-        <x:v>292</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s"/>
       <x:c r="I270" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K270" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
         <x:v>32652</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
-        <x:v>292</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
-        <x:v>600436</x:v>
+        <x:v>594977</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
-        <x:v>384</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
-        <x:v>448</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="C271" s="3" t="n">
-        <x:v>35918</x:v>
+        <x:v>41843</x:v>
       </x:c>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="G271" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
-        <x:v>420</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J271" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
-        <x:v>32098</x:v>
+        <x:v>32652</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
-        <x:v>420</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
-        <x:v>595453</x:v>
+        <x:v>594979</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
-        <x:v>449</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="C272" s="15" t="n">
-        <x:v>37830</x:v>
+        <x:v>41056</x:v>
       </x:c>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s"/>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
-        <x:v>450</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s"/>
       <x:c r="I272" s="16" t="s">
-        <x:v>287</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="K272" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
-        <x:v>32623</x:v>
+        <x:v>32005</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
-        <x:v>451</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
-        <x:v>597140</x:v>
+        <x:v>592823</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C273" s="3" t="n">
-        <x:v>41843</x:v>
+        <x:v>35989</x:v>
       </x:c>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="E273" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G273" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
         <x:v>32652</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
-        <x:v>605569</x:v>
+        <x:v>600417</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>384</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C274" s="15" t="n">
-        <x:v>41843</x:v>
+        <x:v>35989</x:v>
       </x:c>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s"/>
       <x:c r="I274" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K274" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
         <x:v>32652</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
-        <x:v>599173</x:v>
+        <x:v>600436</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>384</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="C275" s="3" t="n">
         <x:v>37515</x:v>
       </x:c>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="G275" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="J275" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
@@ -18197,88 +18197,88 @@
       </x:c>
       <x:c r="P276" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
         <x:v>608422</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="C277" s="3" t="n">
         <x:v>37830</x:v>
       </x:c>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="E277" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G277" s="0" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="I277" s="4" t="s">
         <x:v>286</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>287</x:v>
       </x:c>
       <x:c r="J277" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
         <x:v>32623</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="Q277" s="4" t="s">
         <x:v>286</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>287</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
         <x:v>600150</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C278" s="15" t="n">
         <x:v>41843</x:v>
       </x:c>
       <x:c r="D278" s="15" t="s"/>
@@ -18376,82 +18376,82 @@
       </x:c>
       <x:c r="S279" s="0" t="n">
         <x:v>615896</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="C280" s="15" t="n">
         <x:v>41054</x:v>
       </x:c>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s"/>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
-        <x:v>441</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="H280" s="14" t="s"/>
       <x:c r="I280" s="16" t="s">
-        <x:v>442</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="J280" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="K280" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="L280" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
         <x:v>32006</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
-        <x:v>441</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
-        <x:v>442</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
-        <x:v>444</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
         <x:v>592827</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C281" s="3" t="n">
         <x:v>41843</x:v>
       </x:c>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="G281" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
@@ -18653,78 +18653,78 @@
       <x:c r="R284" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
         <x:v>596833</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
         <x:v>417</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="C285" s="3" t="n">
         <x:v>39973</x:v>
       </x:c>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="G285" s="0" t="s">
-        <x:v>450</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="J285" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
         <x:v>32611</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
-        <x:v>451</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
         <x:v>592281</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C286" s="15" t="n">
         <x:v>40999</x:v>
       </x:c>
       <x:c r="D286" s="15" t="s"/>
@@ -18824,57 +18824,57 @@
         <x:v>618313</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C288" s="15" t="n">
         <x:v>41843</x:v>
       </x:c>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H288" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="I288" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J288" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K288" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L288" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M288" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
         <x:v>32652</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
@@ -19270,51 +19270,51 @@
       <x:c r="J295" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
         <x:v>32652</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
         <x:v>620475</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C296" s="15" t="n">
         <x:v>41843</x:v>
       </x:c>
       <x:c r="D296" s="15" t="s"/>
       <x:c r="E296" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
@@ -19762,79 +19762,79 @@
         <x:v>595410</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="C304" s="15" t="n">
         <x:v>39973</x:v>
       </x:c>
       <x:c r="D304" s="15" t="s"/>
       <x:c r="E304" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
-        <x:v>286</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="H304" s="14" t="s"/>
       <x:c r="I304" s="16" t="s">
-        <x:v>287</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="J304" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K304" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L304" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M304" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
         <x:v>32611</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
-        <x:v>288</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
         <x:v>600155</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
         <x:v>482</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="C305" s="3" t="n">
         <x:v>41331</x:v>
       </x:c>
       <x:c r="D305" s="3" t="s"/>
@@ -19921,51 +19921,51 @@
       <x:c r="M306" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N306" s="15" t="n">
         <x:v>32652</x:v>
       </x:c>
       <x:c r="O306" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P306" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
         <x:v>614643</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
-        <x:v>289</x:v>
+        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C307" s="3" t="n">
         <x:v>41843</x:v>
       </x:c>
       <x:c r="D307" s="3" t="s"/>
       <x:c r="E307" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G307" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="H307" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="I307" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
@@ -20370,51 +20370,51 @@
       <x:c r="E314" s="14" t="s"/>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="H314" s="14" t="s"/>
       <x:c r="I314" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J314" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="K314" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="L314" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M314" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
         <x:v>32602</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
-        <x:v>439</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
         <x:v>615897</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
@@ -20486,57 +20486,57 @@
         <x:v>122</x:v>
       </x:c>
       <x:c r="H316" s="14" t="s"/>
       <x:c r="I316" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J316" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K316" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L316" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M316" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N316" s="15" t="n">
         <x:v>32652</x:v>
       </x:c>
       <x:c r="O316" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P316" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="Q316" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="R316" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
         <x:v>603692</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
         <x:v>423</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C317" s="3" t="n">
         <x:v>41843</x:v>
       </x:c>
       <x:c r="D317" s="3" t="s"/>
       <x:c r="E317" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
@@ -20582,78 +20582,78 @@
       <x:c r="T317" s="4" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="U317" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:21">
       <x:c r="A318" s="13" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="B318" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C318" s="15" t="n">
         <x:v>41843</x:v>
       </x:c>
       <x:c r="D318" s="15" t="s"/>
       <x:c r="E318" s="14" t="s"/>
       <x:c r="F318" s="14" t="s"/>
       <x:c r="G318" s="14" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="H318" s="14" t="s"/>
       <x:c r="I318" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="J318" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K318" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="L318" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M318" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N318" s="15" t="n">
         <x:v>32652</x:v>
       </x:c>
       <x:c r="O318" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P318" s="14" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="Q318" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="R318" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S318" s="14" t="n">
         <x:v>620474</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C319" s="3" t="n">
         <x:v>41843</x:v>
       </x:c>
       <x:c r="D319" s="3" t="s"/>
       <x:c r="G319" s="0" t="s">
         <x:v>491</x:v>
       </x:c>
@@ -20680,88 +20680,88 @@
       </x:c>
       <x:c r="P319" s="0" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
         <x:v>594973</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
-        <x:v>449</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="C320" s="15" t="n">
         <x:v>37830</x:v>
       </x:c>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s"/>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="H320" s="14" t="s"/>
       <x:c r="I320" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J320" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="K320" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="L320" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M320" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N320" s="15" t="n">
         <x:v>32623</x:v>
       </x:c>
       <x:c r="O320" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P320" s="14" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R320" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
         <x:v>597141</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:21">
       <x:c r="A321" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="C321" s="3" t="n">
         <x:v>35989</x:v>
       </x:c>
       <x:c r="D321" s="3" t="s"/>
@@ -20950,51 +20950,51 @@
       <x:c r="J324" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K324" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L324" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M324" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N324" s="15" t="n">
         <x:v>32652</x:v>
       </x:c>
       <x:c r="O324" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P324" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="Q324" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R324" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S324" s="14" t="n">
         <x:v>603687</x:v>
       </x:c>
       <x:c r="T324" s="16" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="U324" s="16" t="s">
         <x:v>423</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:21">
       <x:c r="A325" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C325" s="3" t="n">
         <x:v>35378</x:v>
       </x:c>
       <x:c r="D325" s="3" t="s"/>
       <x:c r="E325" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
@@ -21098,78 +21098,78 @@
       <x:c r="S326" s="14" t="n">
         <x:v>602743</x:v>
       </x:c>
       <x:c r="T326" s="16" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="U326" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="C327" s="3" t="n">
         <x:v>39973</x:v>
       </x:c>
       <x:c r="D327" s="3" t="s"/>
       <x:c r="E327" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G327" s="0" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="I327" s="4" t="s">
         <x:v>286</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>287</x:v>
       </x:c>
       <x:c r="J327" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L327" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M327" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N327" s="3" t="n">
         <x:v>32611</x:v>
       </x:c>
       <x:c r="O327" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="P327" s="0" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="Q327" s="4" t="s">
         <x:v>286</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>287</x:v>
       </x:c>
       <x:c r="R327" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="S327" s="0" t="n">
         <x:v>600156</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="U327" s="4" t="s">
         <x:v>482</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:21">
       <x:c r="A328" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B328" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C328" s="15" t="n">
         <x:v>41843</x:v>
       </x:c>
       <x:c r="D328" s="15" t="s"/>
@@ -21962,51 +21962,51 @@
       </x:c>
       <x:c r="P341" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
         <x:v>599835</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="C342" s="15" t="n">
         <x:v>37830</x:v>
       </x:c>
       <x:c r="D342" s="15" t="s"/>
       <x:c r="E342" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F342" s="14" t="s"/>
       <x:c r="G342" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="H342" s="14" t="s"/>
       <x:c r="I342" s="16" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="J342" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="K342" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L342" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -22058,51 +22058,51 @@
       <x:c r="I343" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J343" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K343" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L343" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M343" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="N343" s="3" t="n">
         <x:v>32652</x:v>
       </x:c>
       <x:c r="O343" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P343" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="Q343" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="R343" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S343" s="0" t="n">
         <x:v>599891</x:v>
       </x:c>
       <x:c r="T343" s="4" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="U343" s="4" t="s">
         <x:v>512</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:21">
       <x:c r="A344" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B344" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C344" s="15" t="n">
         <x:v>41843</x:v>
       </x:c>
       <x:c r="D344" s="15" t="s"/>
@@ -22237,51 +22237,51 @@
       <x:c r="I346" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J346" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K346" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L346" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M346" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N346" s="15" t="n">
         <x:v>32652</x:v>
       </x:c>
       <x:c r="O346" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P346" s="14" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="Q346" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R346" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S346" s="14" t="n">
         <x:v>599150</x:v>
       </x:c>
       <x:c r="T346" s="16" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="U346" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:21">
       <x:c r="A347" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C347" s="3" t="n">
         <x:v>41843</x:v>
       </x:c>
       <x:c r="D347" s="3" t="s"/>