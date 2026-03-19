--- v0 (2026-03-19)
+++ v1 (2026-03-19)
@@ -698,119 +698,119 @@
   <x:si>
     <x:t>06210</x:t>
   </x:si>
   <x:si>
     <x:t>MANDELIEU-LA-NAPOULE</x:t>
   </x:si>
   <x:si>
     <x:t>Maintien et actualisation des compétences de formateur sauveteur secouriste du travail</x:t>
   </x:si>
   <x:si>
     <x:t>Appareil Respiratoire Isolant (ARI)</x:t>
   </x:si>
   <x:si>
     <x:t>Ubitech</x:t>
   </x:si>
   <x:si>
     <x:t>Manipulation des extincteurs</x:t>
   </x:si>
   <x:si>
     <x:t>Mandyben</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
+    <x:t>Devenir formateur prévention des incendies et évacuation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Manipulation extincteur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agent en protection physique des personnes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Si Région Paca</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06270</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Protection rapprochée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VILLENEUVE-LOUBET</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Arniaud Consulteam</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83140</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Enseignement Risques Professionnels Sud Est</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ERP FORMATION SUD EST</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE</x:t>
+  </x:si>
+  <x:si>
     <x:t>Équipier de première intervention (EPI)</x:t>
   </x:si>
   <x:si>
-    <x:t>Devenir formateur prévention des incendies et évacuation</x:t>
-[...25 lines deleted...]
-  <x:si>
     <x:t xml:space="preserve">Maintenir et actualiser ses compétences de Sauveteur secouriste du travail (MAC SST) </x:t>
   </x:si>
   <x:si>
     <x:t>Anaris Consulting - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13015</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-15e</x:t>
   </x:si>
   <x:si>
     <x:t>Guide fiLes et serres fiLes</x:t>
   </x:si>
   <x:si>
     <x:t>Évacuation site</x:t>
   </x:si>
   <x:si>
-    <x:t>Manipulation extincteur</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>Céline Baron - Celineb Formation Conseil</x:t>
   </x:si>
   <x:si>
     <x:t>06550</x:t>
   </x:si>
   <x:si>
     <x:t>LA ROQUETTE-SUR-SIAGNE</x:t>
   </x:si>
   <x:si>
     <x:t>01/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Cynophile - Maintien et actualisation des compétences (MAC) (Renouvellement carte professionnelle)</x:t>
   </x:si>
   <x:si>
     <x:t>Als Naille Cyno</x:t>
   </x:si>
   <x:si>
     <x:t>13510</x:t>
   </x:si>
   <x:si>
     <x:t>EGUILLES</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
@@ -1085,74 +1085,74 @@
   <x:si>
     <x:t>Cnpp Entreprise</x:t>
   </x:si>
   <x:si>
     <x:t>27950</x:t>
   </x:si>
   <x:si>
     <x:t>Devenir acteur en Sauvetage Secourisme du Travail (SST) - PRS001</x:t>
   </x:si>
   <x:si>
     <x:t>Apave Exploitation France</x:t>
   </x:si>
   <x:si>
     <x:t>92400</x:t>
   </x:si>
   <x:si>
     <x:t>Accident travail maladie professionnelle</x:t>
   </x:si>
   <x:si>
     <x:t>03/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Maintenir et actualiser les compétences acteur en Sauvetage Secourisme du Travail (SST) - PRS002</x:t>
   </x:si>
   <x:si>
+    <x:t>Institut Européen de Sécurité et de Comunication - Antenne Aubagne</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IESC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AUBAGNE</x:t>
+  </x:si>
+  <x:si>
     <x:t>Association de Formation pour la Coopération et la Promotion Professionnelle Méditerranéenne</x:t>
   </x:si>
   <x:si>
     <x:t>ACPM</x:t>
   </x:si>
   <x:si>
     <x:t>13013</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-13e</x:t>
   </x:si>
   <x:si>
-    <x:t>Institut Européen de Sécurité et de Comunication - Antenne Aubagne</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Équipier de Première Intervention (EPI) - Prévention - Renforcer l'intervention immédiate du PTI avec les extincteurs et RIA - PIS056</x:t>
   </x:si>
   <x:si>
     <x:t>Rk2c Formation</x:t>
   </x:si>
   <x:si>
     <x:t>83400</x:t>
   </x:si>
   <x:si>
     <x:t>HYERES</x:t>
   </x:si>
   <x:si>
     <x:t>MONTFAVET</x:t>
   </x:si>
   <x:si>
     <x:t>03/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Adform</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2026 00:00:00</x:t>
@@ -1250,62 +1250,62 @@
   <x:si>
     <x:t>04/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>C-kim Sécurité Formation</x:t>
   </x:si>
   <x:si>
     <x:t>DRAGUIGNAN</x:t>
   </x:si>
   <x:si>
     <x:t>05/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Asp Bodyguard</x:t>
   </x:si>
   <x:si>
     <x:t>06400</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES</x:t>
   </x:si>
   <x:si>
     <x:t>05/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>AJ Prévention</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84270</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VEDENE</x:t>
+  </x:si>
+  <x:si>
     <x:t>04/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>AJ Prévention</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Chambre de Commerce et d'Industrie du Pays d'Arles</x:t>
   </x:si>
   <x:si>
     <x:t>CCIPA</x:t>
   </x:si>
   <x:si>
     <x:t>13633</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES</x:t>
   </x:si>
   <x:si>
     <x:t>04/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MAS-BLANC-DES-ALPILLES</x:t>
   </x:si>
   <x:si>
     <x:t>Mely Formation Prévention 84</x:t>
   </x:si>
   <x:si>
     <x:t>MFP 84</x:t>
   </x:si>
   <x:si>
     <x:t>84700</x:t>
@@ -1322,66 +1322,66 @@
   <x:si>
     <x:t>Sauveteur secouriste du travail (SST)</x:t>
   </x:si>
   <x:si>
     <x:t>Forma Loc</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-ANDIOL</x:t>
   </x:si>
   <x:si>
     <x:t>04/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Education Canine Trets</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ECT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83119</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TRETS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Zc Formation Sport</x:t>
-  </x:si>
-[...13 lines deleted...]
-    <x:t>06/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>PUGET-SUR-ARGENS</x:t>
   </x:si>
   <x:si>
     <x:t>05/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/26/2026 00:00:00</x:t>
   </x:si>
@@ -3204,148 +3204,147 @@
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
         <x:v>586606</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C19" s="3" t="s"/>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
-        <x:v>108</x:v>
-[...2 lines deleted...]
-        <x:v>109</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
-        <x:v>42805</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>584127</x:v>
+        <x:v>586647</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C20" s="15" t="s"/>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
-        <x:v>105</x:v>
-[...1 lines deleted...]
-      <x:c r="H20" s="14" t="s"/>
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="H20" s="14" t="s">
+        <x:v>109</x:v>
+      </x:c>
       <x:c r="I20" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s"/>
       <x:c r="K20" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
-        <x:v>42829</x:v>
+        <x:v>42805</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>586647</x:v>
+        <x:v>584127</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s"/>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>29</x:v>
@@ -5382,141 +5381,142 @@
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>600627</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C61" s="3" t="s"/>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="H61" s="0" t="s">
+        <x:v>200</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
-        <x:v>42891</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>555982</x:v>
+        <x:v>609108</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="C62" s="15" t="s"/>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
-        <x:v>199</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s"/>
       <x:c r="K62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
-        <x:v>42829</x:v>
+        <x:v>42891</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>609108</x:v>
+        <x:v>555982</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C63" s="3" t="s"/>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>27</x:v>
@@ -5647,717 +5647,718 @@
       <x:c r="R65" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>598139</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C66" s="15" t="s"/>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s"/>
       <x:c r="K66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>609294</x:v>
+        <x:v>623044</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C67" s="3" t="s"/>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="H67" s="0" t="s">
+        <x:v>181</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
-        <x:v>42872</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>623044</x:v>
+        <x:v>600625</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C68" s="15" t="s"/>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
-        <x:v>122</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s"/>
       <x:c r="K68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
-        <x:v>42829</x:v>
+        <x:v>42872</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>608198</x:v>
+        <x:v>612978</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>34</x:v>
-[...1 lines deleted...]
-      <x:c r="C69" s="3" t="s"/>
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="C69" s="3" t="n">
+        <x:v>40374</x:v>
+      </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
+      <x:c r="J69" s="0" t="s">
+        <x:v>215</x:v>
+      </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
-        <x:v>42829</x:v>
+        <x:v>42812</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>614241</x:v>
+        <x:v>585298</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C70" s="15" t="s"/>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I70" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s"/>
       <x:c r="K70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>611094</x:v>
+        <x:v>608198</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C71" s="3" t="s"/>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>623039</x:v>
+        <x:v>614241</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C72" s="15" t="s"/>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
-        <x:v>220</x:v>
-[...1 lines deleted...]
-      <x:c r="H72" s="14" t="s"/>
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="H72" s="14" t="s">
+        <x:v>222</x:v>
+      </x:c>
       <x:c r="I72" s="16" t="s">
-        <x:v>221</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s"/>
       <x:c r="K72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
-        <x:v>221</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
-        <x:v>222</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>611440</x:v>
+        <x:v>611094</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s"/>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
-        <x:v>190</x:v>
-[...2 lines deleted...]
-        <x:v>191</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>590236</x:v>
+        <x:v>623039</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="C74" s="15" t="s"/>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s"/>
       <x:c r="K74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
-        <x:v>42870</x:v>
+        <x:v>42872</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>576702</x:v>
+        <x:v>609294</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C75" s="3" t="s"/>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>599730</x:v>
+        <x:v>590236</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C76" s="15" t="s"/>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
-        <x:v>180</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s"/>
       <x:c r="K76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>600625</x:v>
+        <x:v>611440</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="C77" s="3" t="s"/>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
-        <x:v>42872</x:v>
+        <x:v>42870</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>612978</x:v>
+        <x:v>576702</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
-        <x:v>226</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="C78" s="15" t="s"/>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
-        <x:v>227</x:v>
-[...1 lines deleted...]
-      <x:c r="H78" s="14" t="s"/>
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="H78" s="14" t="s">
+        <x:v>123</x:v>
+      </x:c>
       <x:c r="I78" s="16" t="s">
-        <x:v>228</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="J78" s="14" t="s"/>
       <x:c r="K78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
-        <x:v>42812</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>585298</x:v>
+        <x:v>599730</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C79" s="3" t="s"/>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>29</x:v>
@@ -7728,51 +7729,51 @@
       <x:c r="J105" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>43413</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>606132</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C106" s="15" t="s"/>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
@@ -7953,51 +7954,51 @@
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>620542</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C110" s="15" t="s"/>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s"/>
       <x:c r="K110" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
@@ -8210,190 +8211,190 @@
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>591709</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C115" s="3" t="s"/>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>614942</x:v>
+        <x:v>597917</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C116" s="15" t="s"/>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="I116" s="16" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s"/>
       <x:c r="K116" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>597917</x:v>
+        <x:v>614942</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="C117" s="3" t="s"/>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>591633</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="C118" s="15" t="s"/>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
@@ -8402,51 +8403,51 @@
         <x:v>334</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s"/>
       <x:c r="K118" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
         <x:v>620027</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C119" s="3" t="s"/>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>348</x:v>
@@ -8553,51 +8554,51 @@
       <x:c r="I121" s="4" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>618260</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C122" s="15" t="s"/>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
@@ -8655,51 +8656,51 @@
       <x:c r="I123" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>591672</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="C124" s="15" t="s"/>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
@@ -9063,51 +9064,51 @@
       <x:c r="I131" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>610779</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>36077</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
@@ -9224,51 +9225,51 @@
         <x:v>367</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s"/>
       <x:c r="K134" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
         <x:v>622569</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="C135" s="3" t="s"/>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>334</x:v>
@@ -9602,51 +9603,51 @@
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>610710</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C142" s="15" t="s"/>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s"/>
       <x:c r="K142" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
@@ -9966,145 +9967,145 @@
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
         <x:v>586811</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
         <x:v>385</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C149" s="3" t="s"/>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
-        <x:v>302</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
-        <x:v>302</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
-        <x:v>605406</x:v>
+        <x:v>617955</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
-        <x:v>393</x:v>
+        <x:v>385</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="C150" s="15" t="s"/>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
-        <x:v>394</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s"/>
       <x:c r="I150" s="16" t="s">
-        <x:v>395</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s"/>
       <x:c r="K150" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
-        <x:v>394</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
-        <x:v>395</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
-        <x:v>396</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
-        <x:v>617955</x:v>
+        <x:v>605406</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
-        <x:v>385</x:v>
+        <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C151" s="3" t="s"/>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="H151" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>60</x:v>
@@ -10156,106 +10157,106 @@
         <x:v>334</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s"/>
       <x:c r="K152" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
         <x:v>610758</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
-        <x:v>393</x:v>
+        <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="C153" s="3" t="s"/>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="G153" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
         <x:v>590565</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
-        <x:v>393</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
         <x:v>401</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="C154" s="15" t="s"/>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s"/>
       <x:c r="I154" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s"/>
       <x:c r="K154" s="14" t="s">
@@ -10264,103 +10265,103 @@
       <x:c r="L154" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
         <x:v>610785</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
-        <x:v>393</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
-        <x:v>393</x:v>
+        <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C155" s="3" t="s"/>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
+        <x:v>393</x:v>
+      </x:c>
+      <x:c r="I155" s="4" t="s">
         <x:v>394</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>395</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
+        <x:v>393</x:v>
+      </x:c>
+      <x:c r="Q155" s="4" t="s">
         <x:v>394</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>395</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
         <x:v>617968</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
-        <x:v>393</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
-        <x:v>393</x:v>
+        <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C156" s="15" t="s"/>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="I156" s="16" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s"/>
       <x:c r="K156" s="14" t="s">
         <x:v>406</x:v>
@@ -10583,51 +10584,51 @@
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>610707</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C161" s="3" t="s"/>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
@@ -10843,82 +10844,82 @@
       <x:c r="R165" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>610757</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C166" s="15" t="s"/>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s">
-        <x:v>343</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="I166" s="16" t="s">
-        <x:v>344</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s"/>
       <x:c r="K166" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
-        <x:v>344</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
-        <x:v>345</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
         <x:v>597899</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="C167" s="3" t="s"/>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>334</x:v>
@@ -11025,68 +11026,68 @@
       <x:c r="I169" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
         <x:v>610780</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C170" s="15" t="s"/>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s"/>
       <x:c r="K170" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
@@ -11151,290 +11152,288 @@
       <x:c r="R171" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
         <x:v>610765</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C172" s="15" t="s"/>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
-        <x:v>417</x:v>
-[...1 lines deleted...]
-      <x:c r="H172" s="14" t="s"/>
+        <x:v>338</x:v>
+      </x:c>
+      <x:c r="H172" s="14" t="s">
+        <x:v>339</x:v>
+      </x:c>
       <x:c r="I172" s="16" t="s">
-        <x:v>221</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s"/>
       <x:c r="K172" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
-        <x:v>417</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
-        <x:v>221</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
-        <x:v>222</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>618822</x:v>
+        <x:v>597902</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C173" s="3" t="s"/>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
-        <x:v>342</x:v>
-[...2 lines deleted...]
-        <x:v>343</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
-        <x:v>344</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
-        <x:v>342</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
-        <x:v>344</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
-        <x:v>345</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>597902</x:v>
+        <x:v>590566</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="C174" s="15" t="s"/>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
-        <x:v>324</x:v>
-[...1 lines deleted...]
-      <x:c r="H174" s="14" t="s"/>
+        <x:v>417</x:v>
+      </x:c>
+      <x:c r="H174" s="14" t="s">
+        <x:v>418</x:v>
+      </x:c>
       <x:c r="I174" s="16" t="s">
-        <x:v>325</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s"/>
       <x:c r="K174" s="14" t="s">
-        <x:v>362</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
-        <x:v>42829</x:v>
+        <x:v>42005</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
-        <x:v>324</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
-        <x:v>325</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
-        <x:v>327</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
-        <x:v>590566</x:v>
+        <x:v>590889</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
-        <x:v>416</x:v>
+        <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C175" s="3" t="s"/>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
-        <x:v>418</x:v>
-[...2 lines deleted...]
-        <x:v>419</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
-        <x:v>420</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
-        <x:v>42005</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
-        <x:v>418</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
-        <x:v>420</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
-        <x:v>421</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
-        <x:v>590889</x:v>
+        <x:v>618822</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
-        <x:v>422</x:v>
+        <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="C176" s="15" t="s"/>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s"/>
       <x:c r="K176" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>610759</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="C177" s="3" t="s"/>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>334</x:v>
@@ -11643,51 +11642,51 @@
       <x:c r="I181" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
         <x:v>610705</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
         <x:v>423</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C182" s="15" t="s"/>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
@@ -11864,147 +11863,148 @@
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
         <x:v>610795</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>424</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="C186" s="15" t="s"/>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
-        <x:v>314</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>333</x:v>
+      </x:c>
+      <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s"/>
       <x:c r="K186" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
-        <x:v>42829</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
-        <x:v>314</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
-        <x:v>245</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
-        <x:v>598245</x:v>
+        <x:v>610772</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
-        <x:v>392</x:v>
+        <x:v>425</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
-        <x:v>332</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C187" s="3" t="s"/>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="H187" s="0" t="s">
+        <x:v>315</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
-        <x:v>334</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
-        <x:v>42819</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
-        <x:v>335</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
-        <x:v>334</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
-        <x:v>359</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
-        <x:v>610772</x:v>
+        <x:v>598245</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
-        <x:v>425</x:v>
+        <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C188" s="15" t="s"/>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s"/>
       <x:c r="I188" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s"/>
       <x:c r="K188" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
@@ -12053,51 +12053,51 @@
       <x:c r="I189" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
         <x:v>610781</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C190" s="15" t="s"/>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s"/>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
@@ -12128,78 +12128,78 @@
         <x:v>192</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
         <x:v>586826</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
         <x:v>425</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C191" s="3" t="s"/>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="G191" s="0" t="s">
+        <x:v>393</x:v>
+      </x:c>
+      <x:c r="I191" s="4" t="s">
         <x:v>394</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>395</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>42891</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
+        <x:v>393</x:v>
+      </x:c>
+      <x:c r="Q191" s="4" t="s">
         <x:v>394</x:v>
       </x:c>
-      <x:c r="Q191" s="4" t="s">
+      <x:c r="R191" s="0" t="s">
         <x:v>395</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>396</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
         <x:v>617963</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C192" s="15" t="s"/>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s"/>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
@@ -12274,153 +12274,153 @@
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
         <x:v>610793</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
-        <x:v>337</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C194" s="15" t="s"/>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s"/>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
-        <x:v>333</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s"/>
       <x:c r="I194" s="16" t="s">
-        <x:v>334</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s"/>
       <x:c r="K194" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
-        <x:v>42819</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
-        <x:v>335</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
-        <x:v>333</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
-        <x:v>334</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
-        <x:v>610788</x:v>
+        <x:v>586814</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
-        <x:v>427</x:v>
+        <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="C195" s="3" t="s"/>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="G195" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
-        <x:v>42829</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
-        <x:v>586814</x:v>
+        <x:v>610788</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
-        <x:v>429</x:v>
+        <x:v>427</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C196" s="15" t="s"/>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s"/>
       <x:c r="I196" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s"/>
       <x:c r="K196" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
@@ -12485,129 +12485,129 @@
       <x:c r="R197" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
         <x:v>610767</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
         <x:v>431</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C198" s="15" t="s"/>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
-        <x:v>394</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s"/>
       <x:c r="I198" s="16" t="s">
-        <x:v>395</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s"/>
       <x:c r="K198" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
+        <x:v>393</x:v>
+      </x:c>
+      <x:c r="Q198" s="16" t="s">
         <x:v>394</x:v>
       </x:c>
-      <x:c r="Q198" s="16" t="s">
+      <x:c r="R198" s="14" t="s">
         <x:v>395</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>396</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
         <x:v>617970</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
         <x:v>431</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="C199" s="3" t="s"/>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="G199" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
         <x:v>610760</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="C200" s="15" t="s"/>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s"/>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
@@ -12767,51 +12767,51 @@
       <x:c r="I203" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
         <x:v>610782</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
         <x:v>432</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="C204" s="15" t="s"/>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s"/>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
@@ -13090,191 +13090,191 @@
       </x:c>
       <x:c r="P209" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
         <x:v>610796</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
         <x:v>435</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
-        <x:v>337</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C210" s="15" t="s"/>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s"/>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
-        <x:v>333</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s"/>
       <x:c r="I210" s="16" t="s">
-        <x:v>334</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s"/>
       <x:c r="K210" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
-        <x:v>42819</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
-        <x:v>335</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
-        <x:v>333</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
-        <x:v>334</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
-        <x:v>610790</x:v>
+        <x:v>619006</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
-        <x:v>436</x:v>
+        <x:v>438</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="C211" s="3" t="s"/>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="G211" s="0" t="s">
-        <x:v>437</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
-        <x:v>42829</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
-        <x:v>437</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
-        <x:v>619006</x:v>
+        <x:v>610790</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
-        <x:v>438</x:v>
+        <x:v>436</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C212" s="15" t="s"/>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s"/>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s">
-        <x:v>343</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="I212" s="16" t="s">
-        <x:v>344</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s"/>
       <x:c r="K212" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
-        <x:v>344</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
-        <x:v>345</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
         <x:v>597904</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
         <x:v>438</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="C213" s="3" t="s"/>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
         <x:v>334</x:v>
@@ -13351,296 +13351,296 @@
       </x:c>
       <x:c r="P214" s="14" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
         <x:v>616866</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
         <x:v>439</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C215" s="3" t="s"/>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="G215" s="0" t="s">
-        <x:v>302</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
-        <x:v>302</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
-        <x:v>605409</x:v>
+        <x:v>586815</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
-        <x:v>422</x:v>
+        <x:v>442</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="C216" s="15" t="s"/>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
-        <x:v>318</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s"/>
       <x:c r="I216" s="16" t="s">
-        <x:v>192</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s"/>
       <x:c r="K216" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
-        <x:v>318</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
-        <x:v>192</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
-        <x:v>586815</x:v>
+        <x:v>605409</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
-        <x:v>442</x:v>
+        <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C217" s="3" t="s"/>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
         <x:v>610902</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
-        <x:v>422</x:v>
+        <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C218" s="15" t="s"/>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s"/>
       <x:c r="I218" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s"/>
       <x:c r="K218" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
         <x:v>586862</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
-        <x:v>422</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
-        <x:v>422</x:v>
+        <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="C219" s="3" t="s"/>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
         <x:v>610783</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
-        <x:v>422</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
-        <x:v>422</x:v>
+        <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="C220" s="15" t="s"/>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s"/>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s"/>
       <x:c r="I220" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s"/>
       <x:c r="K220" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
@@ -13791,51 +13791,51 @@
       <x:c r="I223" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
         <x:v>610761</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
         <x:v>448</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="C224" s="15" t="s"/>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s"/>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
@@ -14012,51 +14012,51 @@
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
         <x:v>586816</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
         <x:v>451</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C228" s="15" t="s"/>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s"/>
       <x:c r="I228" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s"/>
       <x:c r="K228" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
@@ -14376,81 +14376,81 @@
         <x:v>334</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
         <x:v>610799</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
         <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C235" s="3" t="s"/>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="G235" s="0" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H235" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
-        <x:v>344</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
-        <x:v>344</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
-        <x:v>345</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
         <x:v>597918</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
         <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="C236" s="15" t="s"/>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s"/>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
@@ -14610,51 +14610,51 @@
       <x:c r="I239" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
         <x:v>610706</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="C240" s="15" t="s"/>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s"/>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
@@ -14765,100 +14765,100 @@
         <x:v>334</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s"/>
       <x:c r="K242" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
         <x:v>620019</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
         <x:v>458</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="C243" s="3" t="s"/>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="G243" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
         <x:v>619983</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
         <x:v>446</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C244" s="15" t="s"/>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s"/>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
@@ -15088,139 +15088,139 @@
       </x:c>
       <x:c r="P248" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
         <x:v>619990</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
         <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C249" s="3" t="s"/>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="G249" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
-        <x:v>602806</x:v>
+        <x:v>590569</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
         <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C250" s="15" t="s"/>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s"/>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
-        <x:v>324</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s"/>
       <x:c r="I250" s="16" t="s">
-        <x:v>325</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s"/>
       <x:c r="K250" s="14" t="s">
-        <x:v>362</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
-        <x:v>324</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
-        <x:v>325</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
-        <x:v>327</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
-        <x:v>590569</x:v>
+        <x:v>602806</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
         <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="C251" s="3" t="s"/>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="G251" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
         <x:v>27</x:v>
@@ -15804,145 +15804,145 @@
       </x:c>
       <x:c r="P262" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
         <x:v>619906</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
         <x:v>478</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
-        <x:v>332</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C263" s="3" t="s"/>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="G263" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
-        <x:v>334</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
-        <x:v>42819</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
-        <x:v>335</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
-        <x:v>334</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
-        <x:v>619993</x:v>
+        <x:v>590553</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
-        <x:v>479</x:v>
+        <x:v>478</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="C264" s="15" t="s"/>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s"/>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
-        <x:v>324</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="H264" s="14" t="s"/>
       <x:c r="I264" s="16" t="s">
-        <x:v>325</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s"/>
       <x:c r="K264" s="14" t="s">
-        <x:v>326</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L264" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
-        <x:v>42829</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
-        <x:v>324</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
-        <x:v>325</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
-        <x:v>327</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
-        <x:v>590553</x:v>
+        <x:v>619993</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
-        <x:v>478</x:v>
+        <x:v>479</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="C265" s="3" t="s"/>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="G265" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>29</x:v>
@@ -15955,145 +15955,145 @@
       </x:c>
       <x:c r="P265" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
         <x:v>620032</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
         <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="C266" s="15" t="s"/>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s"/>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
-        <x:v>318</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s"/>
       <x:c r="I266" s="16" t="s">
-        <x:v>192</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s"/>
       <x:c r="K266" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
-        <x:v>42829</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
-        <x:v>318</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
-        <x:v>192</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
-        <x:v>586864</x:v>
+        <x:v>619984</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
-        <x:v>481</x:v>
+        <x:v>482</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
-        <x:v>332</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C267" s="3" t="s"/>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="G267" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
-        <x:v>334</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
-        <x:v>42819</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
-        <x:v>335</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
-        <x:v>334</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
-        <x:v>619984</x:v>
+        <x:v>586864</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
-        <x:v>482</x:v>
+        <x:v>481</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C268" s="15" t="s"/>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s"/>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="H268" s="14" t="s"/>
       <x:c r="I268" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s"/>
       <x:c r="K268" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
@@ -16195,51 +16195,51 @@
         <x:v>334</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s"/>
       <x:c r="K270" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
         <x:v>620020</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
         <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="C271" s="3" t="s"/>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="G271" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
         <x:v>334</x:v>
@@ -16984,51 +16984,51 @@
       </x:c>
       <x:c r="P285" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
         <x:v>620034</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
         <x:v>502</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C286" s="15" t="s"/>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s"/>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="H286" s="14" t="s"/>
       <x:c r="I286" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J286" s="14" t="s"/>
       <x:c r="K286" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L286" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
@@ -17069,51 +17069,51 @@
       <x:c r="I287" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
         <x:v>619902</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
         <x:v>502</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="C288" s="15" t="s"/>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s"/>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
@@ -17552,145 +17552,145 @@
       </x:c>
       <x:c r="P296" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
         <x:v>620048</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
         <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
-        <x:v>337</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="C297" s="3" t="s"/>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="G297" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
-        <x:v>334</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
-        <x:v>42819</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
-        <x:v>335</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
-        <x:v>334</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
-        <x:v>620035</x:v>
+        <x:v>605411</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
-        <x:v>491</x:v>
+        <x:v>509</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="C298" s="15" t="s"/>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s"/>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
-        <x:v>302</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="H298" s="14" t="s"/>
       <x:c r="I298" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="J298" s="14" t="s"/>
       <x:c r="K298" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L298" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M298" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N298" s="15" t="n">
-        <x:v>42829</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O298" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="P298" s="14" t="s">
-        <x:v>302</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
-        <x:v>605411</x:v>
+        <x:v>620035</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
-        <x:v>509</x:v>
+        <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="C299" s="3" t="s"/>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="G299" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="I299" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L299" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
         <x:v>29</x:v>
@@ -17943,51 +17943,51 @@
         <x:v>334</x:v>
       </x:c>
       <x:c r="J304" s="14" t="s"/>
       <x:c r="K304" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L304" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M304" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
         <x:v>620021</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
         <x:v>510</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="C305" s="3" t="s"/>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="G305" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
         <x:v>334</x:v>
@@ -18049,51 +18049,51 @@
       <x:c r="J306" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K306" s="14" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="L306" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M306" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N306" s="15" t="n">
         <x:v>43413</x:v>
       </x:c>
       <x:c r="O306" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P306" s="14" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
         <x:v>621494</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
         <x:v>513</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C307" s="3" t="s"/>
       <x:c r="D307" s="3" t="s"/>
       <x:c r="G307" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="I307" s="4" t="s">
         <x:v>100</x:v>
@@ -18151,51 +18151,51 @@
         <x:v>334</x:v>
       </x:c>
       <x:c r="J308" s="14" t="s"/>
       <x:c r="K308" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L308" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M308" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N308" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O308" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="P308" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q308" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R308" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
         <x:v>619985</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="U308" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="C309" s="3" t="s"/>
       <x:c r="D309" s="3" t="s"/>
       <x:c r="G309" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="I309" s="4" t="s">
         <x:v>334</x:v>
@@ -18531,157 +18531,158 @@
       </x:c>
       <x:c r="P315" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
         <x:v>586819</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
         <x:v>517</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
-        <x:v>497</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="C316" s="15" t="s"/>
       <x:c r="D316" s="15" t="s"/>
       <x:c r="E316" s="14" t="s"/>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
-        <x:v>498</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="H316" s="14" t="s"/>
       <x:c r="I316" s="16" t="s">
-        <x:v>182</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>334</x:v>
+      </x:c>
+      <x:c r="J316" s="14" t="s"/>
       <x:c r="K316" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L316" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M316" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N316" s="15" t="n">
-        <x:v>43413</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O316" s="14" t="s">
-        <x:v>266</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="P316" s="14" t="s">
-        <x:v>498</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="Q316" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="R316" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
-        <x:v>620901</x:v>
+        <x:v>619998</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
-        <x:v>518</x:v>
+        <x:v>517</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
-        <x:v>332</x:v>
-[...1 lines deleted...]
-      <x:c r="C317" s="3" t="s"/>
+        <x:v>497</x:v>
+      </x:c>
+      <x:c r="C317" s="3" t="n">
+        <x:v>36077</x:v>
+      </x:c>
       <x:c r="D317" s="3" t="s"/>
       <x:c r="G317" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
-        <x:v>334</x:v>
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="J317" s="0" t="s">
+        <x:v>269</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="L317" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M317" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N317" s="3" t="n">
-        <x:v>42819</x:v>
+        <x:v>43413</x:v>
       </x:c>
       <x:c r="O317" s="0" t="s">
-        <x:v>335</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="P317" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="Q317" s="4" t="s">
-        <x:v>334</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="R317" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="S317" s="0" t="n">
-        <x:v>619998</x:v>
+        <x:v>620901</x:v>
       </x:c>
       <x:c r="T317" s="4" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="U317" s="4" t="s">
-        <x:v>517</x:v>
+        <x:v>518</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:21">
       <x:c r="A318" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B318" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C318" s="15" t="s"/>
       <x:c r="D318" s="15" t="s"/>
       <x:c r="E318" s="14" t="s"/>
       <x:c r="F318" s="14" t="s"/>
       <x:c r="G318" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="H318" s="14" t="s"/>
       <x:c r="I318" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J318" s="14" t="s"/>
       <x:c r="K318" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L318" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M318" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N318" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
@@ -18930,51 +18931,51 @@
       <x:c r="I323" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L323" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M323" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N323" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O323" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="P323" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q323" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R323" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="S323" s="0" t="n">
         <x:v>620022</x:v>
       </x:c>
       <x:c r="T323" s="4" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="U323" s="4" t="s">
         <x:v>522</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:21">
       <x:c r="A324" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B324" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C324" s="15" t="s"/>
       <x:c r="D324" s="15" t="s"/>
       <x:c r="E324" s="14" t="s"/>
       <x:c r="F324" s="14" t="s"/>
       <x:c r="G324" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
@@ -19085,51 +19086,51 @@
         <x:v>334</x:v>
       </x:c>
       <x:c r="J326" s="14" t="s"/>
       <x:c r="K326" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L326" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M326" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N326" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O326" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="P326" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q326" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R326" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="S326" s="14" t="n">
         <x:v>619986</x:v>
       </x:c>
       <x:c r="T326" s="16" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="U326" s="16" t="s">
         <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="C327" s="3" t="s"/>
       <x:c r="D327" s="3" t="s"/>
       <x:c r="G327" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="I327" s="4" t="s">
         <x:v>334</x:v>
@@ -19151,145 +19152,145 @@
       </x:c>
       <x:c r="P327" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q327" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R327" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S327" s="0" t="n">
         <x:v>619908</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="U327" s="4" t="s">
         <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:21">
       <x:c r="A328" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B328" s="14" t="s">
-        <x:v>332</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="C328" s="15" t="s"/>
       <x:c r="D328" s="15" t="s"/>
       <x:c r="E328" s="14" t="s"/>
       <x:c r="F328" s="14" t="s"/>
       <x:c r="G328" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="H328" s="14" t="s"/>
       <x:c r="I328" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="J328" s="14" t="s"/>
       <x:c r="K328" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L328" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M328" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N328" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O328" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="P328" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q328" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R328" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="S328" s="14" t="n">
-        <x:v>619999</x:v>
+        <x:v>620053</x:v>
       </x:c>
       <x:c r="T328" s="16" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="U328" s="16" t="s">
-        <x:v>528</x:v>
+        <x:v>527</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:21">
       <x:c r="A329" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
-        <x:v>337</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="C329" s="3" t="s"/>
       <x:c r="D329" s="3" t="s"/>
       <x:c r="G329" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="I329" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="K329" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L329" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M329" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N329" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O329" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="P329" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q329" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R329" s="0" t="s">
-        <x:v>426</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S329" s="0" t="n">
-        <x:v>620053</x:v>
+        <x:v>619999</x:v>
       </x:c>
       <x:c r="T329" s="4" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="U329" s="4" t="s">
-        <x:v>527</x:v>
+        <x:v>528</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:21">
       <x:c r="A330" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B330" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="C330" s="15" t="s"/>
       <x:c r="D330" s="15" t="s"/>
       <x:c r="E330" s="14" t="s"/>
       <x:c r="F330" s="14" t="s"/>
       <x:c r="G330" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="H330" s="14" t="s"/>
       <x:c r="I330" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="J330" s="14" t="s"/>
       <x:c r="K330" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L330" s="14" t="s">
@@ -19612,145 +19613,145 @@
       </x:c>
       <x:c r="P336" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q336" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R336" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S336" s="14" t="n">
         <x:v>620000</x:v>
       </x:c>
       <x:c r="T336" s="16" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="U336" s="16" t="s">
         <x:v>533</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:21">
       <x:c r="A337" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
-        <x:v>337</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C337" s="3" t="s"/>
       <x:c r="D337" s="3" t="s"/>
       <x:c r="G337" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="I337" s="4" t="s">
-        <x:v>334</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="L337" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M337" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N337" s="3" t="n">
-        <x:v>42819</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O337" s="0" t="s">
-        <x:v>335</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P337" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="Q337" s="4" t="s">
-        <x:v>334</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="R337" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="S337" s="0" t="n">
-        <x:v>620023</x:v>
+        <x:v>590572</x:v>
       </x:c>
       <x:c r="T337" s="4" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="U337" s="4" t="s">
-        <x:v>532</x:v>
+        <x:v>533</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="C338" s="15" t="s"/>
       <x:c r="D338" s="15" t="s"/>
       <x:c r="E338" s="14" t="s"/>
       <x:c r="F338" s="14" t="s"/>
       <x:c r="G338" s="14" t="s">
-        <x:v>324</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="H338" s="14" t="s"/>
       <x:c r="I338" s="16" t="s">
-        <x:v>325</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="J338" s="14" t="s"/>
       <x:c r="K338" s="14" t="s">
-        <x:v>362</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L338" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M338" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N338" s="15" t="n">
-        <x:v>42829</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O338" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="P338" s="14" t="s">
-        <x:v>324</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="Q338" s="16" t="s">
-        <x:v>325</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="R338" s="14" t="s">
-        <x:v>327</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
-        <x:v>590572</x:v>
+        <x:v>620023</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
-        <x:v>533</x:v>
+        <x:v>532</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C339" s="3" t="s"/>
       <x:c r="D339" s="3" t="s"/>
       <x:c r="G339" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="I339" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L339" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M339" s="0" t="s">
         <x:v>29</x:v>
@@ -19816,51 +19817,51 @@
       </x:c>
       <x:c r="P340" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q340" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
         <x:v>620039</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
         <x:v>500</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C341" s="3" t="s"/>
       <x:c r="D341" s="3" t="s"/>
       <x:c r="G341" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="I341" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L341" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N341" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
@@ -19901,100 +19902,100 @@
         <x:v>334</x:v>
       </x:c>
       <x:c r="J342" s="14" t="s"/>
       <x:c r="K342" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L342" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M342" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N342" s="15" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O342" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P342" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q342" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R342" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
         <x:v>619903</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
         <x:v>507</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="C343" s="3" t="s"/>
       <x:c r="D343" s="3" t="s"/>
       <x:c r="G343" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="I343" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="K343" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L343" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M343" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N343" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O343" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="P343" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q343" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R343" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="S343" s="0" t="n">
         <x:v>619987</x:v>
       </x:c>
       <x:c r="T343" s="4" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="U343" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:21">
       <x:c r="A344" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B344" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="C344" s="15" t="s"/>
       <x:c r="D344" s="15" t="s"/>
       <x:c r="E344" s="14" t="s"/>
       <x:c r="F344" s="14" t="s"/>
       <x:c r="G344" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
@@ -20428,51 +20429,51 @@
       </x:c>
       <x:c r="P352" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="Q352" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R352" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S352" s="14" t="n">
         <x:v>586821</x:v>
       </x:c>
       <x:c r="T352" s="16" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="U352" s="16" t="s">
         <x:v>513</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:21">
       <x:c r="A353" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C353" s="3" t="s"/>
       <x:c r="D353" s="3" t="s"/>
       <x:c r="G353" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="I353" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="K353" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L353" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M353" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N353" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O353" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P353" s="0" t="s">
@@ -20513,51 +20514,51 @@
         <x:v>334</x:v>
       </x:c>
       <x:c r="J354" s="14" t="s"/>
       <x:c r="K354" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L354" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M354" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N354" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O354" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="P354" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q354" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R354" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="S354" s="14" t="n">
         <x:v>620024</x:v>
       </x:c>
       <x:c r="T354" s="16" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="U354" s="16" t="s">
         <x:v>540</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:21">
       <x:c r="A355" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="C355" s="3" t="s"/>
       <x:c r="D355" s="3" t="s"/>
       <x:c r="G355" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="I355" s="4" t="s">
         <x:v>334</x:v>
@@ -20921,51 +20922,51 @@
         <x:v>334</x:v>
       </x:c>
       <x:c r="J362" s="14" t="s"/>
       <x:c r="K362" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L362" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M362" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N362" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O362" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="P362" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q362" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R362" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="S362" s="14" t="n">
         <x:v>619988</x:v>
       </x:c>
       <x:c r="T362" s="16" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="U362" s="16" t="s">
         <x:v>544</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:21">
       <x:c r="A363" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C363" s="3" t="s"/>
       <x:c r="D363" s="3" t="s"/>
       <x:c r="G363" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="I363" s="4" t="s">
         <x:v>192</x:v>
@@ -21499,51 +21500,51 @@
       </x:c>
       <x:c r="P373" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="Q373" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R373" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S373" s="0" t="n">
         <x:v>586822</x:v>
       </x:c>
       <x:c r="T373" s="4" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="U373" s="4" t="s">
         <x:v>549</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:21">
       <x:c r="A374" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B374" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C374" s="15" t="s"/>
       <x:c r="D374" s="15" t="s"/>
       <x:c r="E374" s="14" t="s"/>
       <x:c r="F374" s="14" t="s"/>
       <x:c r="G374" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="H374" s="14" t="s"/>
       <x:c r="I374" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J374" s="14" t="s"/>
       <x:c r="K374" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L374" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M374" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N374" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
@@ -21890,68 +21891,68 @@
       <x:c r="I381" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="K381" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L381" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M381" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N381" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O381" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="P381" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q381" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R381" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="S381" s="0" t="n">
         <x:v>620025</x:v>
       </x:c>
       <x:c r="T381" s="4" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="U381" s="4" t="s">
         <x:v>552</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:21">
       <x:c r="A382" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B382" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C382" s="15" t="s"/>
       <x:c r="D382" s="15" t="s"/>
       <x:c r="E382" s="14" t="s"/>
       <x:c r="F382" s="14" t="s"/>
       <x:c r="G382" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="H382" s="14" t="s"/>
       <x:c r="I382" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J382" s="14" t="s"/>
       <x:c r="K382" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L382" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M382" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N382" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
@@ -22045,51 +22046,51 @@
         <x:v>334</x:v>
       </x:c>
       <x:c r="J384" s="14" t="s"/>
       <x:c r="K384" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L384" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M384" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N384" s="15" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O384" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P384" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q384" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R384" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="S384" s="14" t="n">
         <x:v>619904</x:v>
       </x:c>
       <x:c r="T384" s="16" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="U384" s="16" t="s">
         <x:v>554</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:21">
       <x:c r="A385" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C385" s="3" t="s"/>
       <x:c r="D385" s="3" t="s"/>
       <x:c r="G385" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="I385" s="4" t="s">
         <x:v>192</x:v>
@@ -22657,51 +22658,51 @@
         <x:v>334</x:v>
       </x:c>
       <x:c r="J396" s="14" t="s"/>
       <x:c r="K396" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L396" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M396" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N396" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O396" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="P396" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q396" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R396" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="S396" s="14" t="n">
         <x:v>619989</x:v>
       </x:c>
       <x:c r="T396" s="16" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="U396" s="16" t="s">
         <x:v>561</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:21">
       <x:c r="A397" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="C397" s="3" t="s"/>
       <x:c r="D397" s="3" t="s"/>
       <x:c r="G397" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="I397" s="4" t="s">
         <x:v>334</x:v>
@@ -22808,51 +22809,51 @@
       <x:c r="I399" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="K399" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L399" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M399" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N399" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O399" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="P399" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q399" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R399" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="S399" s="0" t="n">
         <x:v>620026</x:v>
       </x:c>
       <x:c r="T399" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="U399" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>