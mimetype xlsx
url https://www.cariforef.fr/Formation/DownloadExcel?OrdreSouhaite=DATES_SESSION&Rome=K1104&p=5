--- v3 (2026-03-20)
+++ v4 (2026-03-20)
@@ -386,74 +386,74 @@
   <x:si>
     <x:t>HYERES</x:t>
   </x:si>
   <x:si>
     <x:t>03/20/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Psychologie clinique et psychopathologie de l'adulte</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Psychopraticien EFPP 1ère année</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en thérapie cognitivo comportementale</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Psychologie Clinique et Psychopathologie de l'enfant EFPP</x:t>
+  </x:si>
+  <x:si>
     <x:t>Neurothérapie par Biofeedback-Neurofeedback  et approche complémentaires</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Neurosens</x:t>
   </x:si>
   <x:si>
     <x:t>13600</x:t>
   </x:si>
   <x:si>
     <x:t>Neuropsychologie</x:t>
   </x:si>
   <x:si>
     <x:t>LA CIOTAT</x:t>
   </x:si>
   <x:si>
     <x:t>Psychopraticien EFPP 2ème année</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en sexothérapie</x:t>
   </x:si>
   <x:si>
-    <x:t>Psychologie Clinique et Psychopathologie de l'enfant EFPP</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>04/30/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Psychopraticien EPC 3ème année</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole de Psychologie Clinique</x:t>
   </x:si>
   <x:si>
     <x:t>EPC</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
     <x:t>05/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Centre de ressources et d'enseignement supérieur en psychologie</x:t>
   </x:si>
   <x:si>
     <x:t>CRESP FORMATIONS</x:t>
@@ -521,155 +521,155 @@
   <x:si>
     <x:t>Demandeur d'emploi , Licencié pour motif économique , Particulier, individuel , Profession libérale , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Métier de coach de vie</x:t>
   </x:si>
   <x:si>
     <x:t>Communication professionnelle</x:t>
   </x:si>
   <x:si>
     <x:t>GRASSE</x:t>
   </x:si>
   <x:si>
     <x:t>Hypnothérapeute</x:t>
   </x:si>
   <x:si>
+    <x:t>Praticien EMDR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi , Profession libérale , Public sans emploi , Salarié , Tout public</x:t>
+  </x:si>
+  <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
-    <x:t>Praticien EMDR</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>07/31/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention psychologie : neuropsychologie parcours psychologie - neuropsychologie</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>AMU</x:t>
   </x:si>
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 5 et plus</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Facultés des Arts, Lettres, Langues, Sciences Humaines</x:t>
   </x:si>
   <x:si>
     <x:t>13621</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Fondamentaux de thérapies comportementales et cognitives</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Handicapé moteur , Profession libérale , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Médiateur artistique : organiser et conduire un atelier de médiation artistique</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de la fonction publique , Demandeur d'emploi , Particulier, individuel , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Enseignant , Formateur , Particulier, individuel , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention psychologie du développement parcours psychologie clinique du développement : enfance, adolescence, vieillissement</x:t>
   </x:si>
   <x:si>
+    <x:t>Sexothérapeute analytique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi , Formateur , Handicapé moteur , Profession libérale , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sexologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Psychopraticien, parcours réservé aux licenciés en psychologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi , Handicapé moteur , Particulier, individuel , Public de la formation initiale , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention psychologie parcours psychologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention psychologie : psychopathologie clinique psychanalytique parcours psychothérapies psychanalytiques, humanistes, individuelles et groupales</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention psychologie du développement parcours psychologie des transitions : orientation, insertion, conseil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention psychologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Université Côte d'Azur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UCA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Praticien TCC</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Handicapé moteur , Profession libérale , Public en emploi , Tout public</x:t>
   </x:si>
   <x:si>
-    <x:t>08/31/2027 00:00:00</x:t>
-[...37 lines deleted...]
-  <x:si>
     <x:t>Réservée aux licenciés en psychologie</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Handicapé moteur , Particulier, individuel , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien spécialisé en danse-thérapie contemporaine : organiser un dispositif de danse-thérapie contemporaine</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Particulier, individuel , Profession libérale , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention psychologie : psychopathologie clinique psychanalytique parcours psychanalyse et psychopathologie</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention psychologie clinique, psychopathologie et psychologie de la santé parcours psychopathologie intégrative et psychologie clinique</x:t>
   </x:si>
   <x:si>
     <x:t>Psychogérontologie</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention psychologie parcours ergonomie : facteurs humains et ingénierie des systèmes d'information</x:t>
   </x:si>
   <x:si>
     <x:t>Thérapeute de couple</x:t>
@@ -680,59 +680,59 @@
   <x:si>
     <x:t>Thérapie familiale</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention psychologie</x:t>
   </x:si>
   <x:si>
     <x:t>09/05/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/26/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Psychanalyste EFPP 2ème  année</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en Art Thérapie</x:t>
   </x:si>
   <x:si>
+    <x:t>Praticien en hypnose spécialisé en psychotraumatisme</x:t>
+  </x:si>
+  <x:si>
     <x:t>Victimologie</x:t>
   </x:si>
   <x:si>
     <x:t>Urgence psychologique</x:t>
   </x:si>
   <x:si>
-    <x:t>Praticien en hypnose spécialisé en psychotraumatisme</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Psychanalyste EFPP 1ère année</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en Analyse Transactionnelle EFPP</x:t>
   </x:si>
   <x:si>
     <x:t>Analyse transactionnelle</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en psychotraumatologie</x:t>
   </x:si>
   <x:si>
     <x:t>Transe-Formations</x:t>
   </x:si>
   <x:si>
     <x:t>83300</x:t>
   </x:si>
   <x:si>
     <x:t>DRAGUIGNAN</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/22/2026 00:00:00</x:t>
@@ -953,119 +953,119 @@
   <x:si>
     <x:t>12/14/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Metathesis Psynaps</x:t>
   </x:si>
   <x:si>
     <x:t>69100</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en hypnose</x:t>
   </x:si>
   <x:si>
     <x:t>Eki-Vie - Harmonika</x:t>
   </x:si>
   <x:si>
     <x:t>78730</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE</x:t>
   </x:si>
   <x:si>
+    <x:t>Praticien.ne de Neurofeedback Dynamique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sandrine Teboul - Best of Brain</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ANTIBES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Techniques d'hypnose appliquées à l'arrêt du tabac</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sensalys</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LES PENNES-MIRABEAU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Techniques d'hypnose appliquées à la gestion de la douleur et du stress</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Technicien en hypnose</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Praticien en communication PNL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hypnose enfants et adolescents</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Psychologie enfant adolescent</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Communication thérapeutique et introduction à l'hypnose conversationnelle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Écoute active</x:t>
+  </x:si>
+  <x:si>
     <x:t>Way Inside</x:t>
   </x:si>
   <x:si>
     <x:t>84170</x:t>
   </x:si>
   <x:si>
     <x:t>ALTHEN-DES-PALUDS</x:t>
   </x:si>
   <x:si>
-    <x:t>Praticien.ne de Neurofeedback Dynamique</x:t>
-[...43 lines deleted...]
-  <x:si>
     <x:t>Maître praticien communication ericksonienne</x:t>
   </x:si>
   <x:si>
+    <x:t>Praticien en hypnose Ericksonienne</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Technicien en communication PNL</x:t>
+  </x:si>
+  <x:si>
     <x:t>Module d’acquisition de compétences en médiation artistique</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de la fonction publique , Demandeur d'emploi , Enseignant , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
-    <x:t>Praticien en hypnose Ericksonienne</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>01/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en thérapie cognitivo comportementale (TCC) et en sexothérapie</x:t>
   </x:si>
   <x:si>
     <x:t>PARCOURS THERAPIE DE COUPLE ET SEXOTHERAPIE EFPP</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Demandeur d'emploi longue durée , Demandeur d'emploi moins de 26 ans , Femme , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>01/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/19/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en hypnose thérapeutique</x:t>
   </x:si>
   <x:si>
     <x:t>01/15/2026 00:00:00</x:t>
@@ -1217,56 +1217,56 @@
   <x:si>
     <x:t>Efcoaching</x:t>
   </x:si>
   <x:si>
     <x:t>13580</x:t>
   </x:si>
   <x:si>
     <x:t>03/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Cycle 1 Hypnose et communication ericksonienne</x:t>
   </x:si>
   <x:si>
     <x:t>06/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES</x:t>
   </x:si>
   <x:si>
     <x:t>Technicien en hypnose et communication ericksonienne</x:t>
   </x:si>
   <x:si>
     <x:t>03/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Technicien 2 en hypnose et communication ericksonienne (combiné)</x:t>
+  </x:si>
+  <x:si>
     <x:t>Technicien en hypnose et communication ericksonienne (combiné)</x:t>
   </x:si>
   <x:si>
-    <x:t>Technicien 2 en hypnose et communication ericksonienne (combiné)</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Autisme, TSA : base et outils pour un accompagnement adapté aux enfants</x:t>
   </x:si>
   <x:si>
     <x:t>Edi Formation</x:t>
   </x:si>
   <x:si>
     <x:t>06220</x:t>
   </x:si>
   <x:si>
     <x:t>VALLAURIS</x:t>
   </x:si>
   <x:si>
     <x:t>03/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Autisme, TSA : enseigner un moyen de communication alternatif et amélioré (CAA)</x:t>
   </x:si>
   <x:si>
     <x:t>03/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/04/2026 00:00:00</x:t>
@@ -1427,62 +1427,62 @@
   <x:si>
     <x:t>Bases en ennéagramme</x:t>
   </x:si>
   <x:si>
     <x:t>Évaluation personnalité</x:t>
   </x:si>
   <x:si>
     <x:t>05/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien 1 - Hypnose et communication ericksonienne - Initiale</x:t>
   </x:si>
   <x:si>
     <x:t>05/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>05/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/25/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autisme, TSA : Base et outils pour un accompagnement adapté aux adultes</x:t>
+  </x:si>
+  <x:si>
     <x:t>05/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>05/22/2026 00:00:00</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Praticien en hypnose ericksonienne</x:t>
   </x:si>
   <x:si>
     <x:t>Autisme, TSA : Comprendre pour mieux agir</x:t>
   </x:si>
   <x:si>
     <x:t>05/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien narratif-La posture et les concepts</x:t>
   </x:si>
   <x:si>
     <x:t>Ideallis - Antenne Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>83000</x:t>
   </x:si>
   <x:si>
     <x:t>05/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/05/2026 00:00:00</x:t>
@@ -1508,68 +1508,68 @@
   <x:si>
     <x:t>06/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Interagir avec le théâtre forum</x:t>
   </x:si>
   <x:si>
     <x:t>I et M Académie</x:t>
   </x:si>
   <x:si>
     <x:t>34000</x:t>
   </x:si>
   <x:si>
     <x:t>Scénothérapie</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-GENIEZ</x:t>
   </x:si>
   <x:si>
     <x:t>Autisme, TSA : Pratique et outils pour ancrer l’éducation structurée dans l’accompagnement</x:t>
   </x:si>
   <x:si>
     <x:t>Autisme, TSA : Accompagner la fratrie</x:t>
   </x:si>
   <x:si>
+    <x:t>Autisme, TND : dunn 2 - evaluer les troubles sensoriels de l’enfant et définir des stratégies d’intervention</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autisme, TSA sans TDI ou TDI léger : Comprendre et accompagner l’étape de la sexualité</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Praticien 2 - Hypnose et communication ericksonienne - Initiale</x:t>
   </x:si>
   <x:si>
-    <x:t>06/15/2026 00:00:00</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Autisme, TSA sans TDI : grille aswi - evaluer pour favoriser l'inclusion professionnelle</x:t>
   </x:si>
   <x:si>
     <x:t>TND : IdentiDYS - Echelle d'aide au repérage des TND</x:t>
   </x:si>
   <x:si>
     <x:t>06/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Autisme, TSA : Comprendre l’approche développementale pour mieux accompagner</x:t>
   </x:si>
   <x:si>
     <x:t>06/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Découvrir l'analyse transactionnelle</x:t>
   </x:si>
   <x:si>
     <x:t>07/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2026 00:00:00</x:t>
@@ -1580,111 +1580,111 @@
   <x:si>
     <x:t>07/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>CNV (Communication Non Violente) module 2</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>07/21/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>CNV (Communication Non Violente) module 2</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Technicien en ennéagramme</x:t>
   </x:si>
   <x:si>
     <x:t>Test psychologique</x:t>
   </x:si>
   <x:si>
     <x:t>07/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
+    <x:t>master mention psychologie du développement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix-Marseille Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13284</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public de la formation initiale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX EN PROVENCE CEDEX 1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>certificat d'aptitude aux fonctions de psychologue de l'éducation nationale spécialité éducation, développement et conseil en orientation scolaire et professionnelle</x:t>
   </x:si>
   <x:si>
-    <x:t>Aix-Marseille Université</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>master mention psychologie du développement</x:t>
   </x:si>
   <x:si>
     <x:t>master mention psychologie</x:t>
   </x:si>
   <x:si>
     <x:t>06103</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 03</x:t>
   </x:si>
   <x:si>
     <x:t>master mention psychologie : neuropsychologie</x:t>
   </x:si>
   <x:si>
     <x:t>licence mention psychologie</x:t>
   </x:si>
   <x:si>
     <x:t>certificat d'aptitude aux fonctions de psychologue de l'éducation nationale spécialité éducation, développement et apprentissages</x:t>
   </x:si>
   <x:si>
     <x:t>master mention psychologie clinique, psychopathologie et psychologie de la santé</x:t>
   </x:si>
   <x:si>
     <x:t>master mention psychologie : psychopathologie clinique psychanalytique</x:t>
   </x:si>
@@ -4074,136 +4074,137 @@
         <x:v>59</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
         <x:v>559515</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s"/>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="H33" s="0" t="s">
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
-        <x:v>14403</x:v>
+        <x:v>14414</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>567207</x:v>
+        <x:v>563337</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C34" s="15" t="s"/>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
-        <x:v>57</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s"/>
       <x:c r="K34" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
-        <x:v>14414</x:v>
+        <x:v>14403</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>559514</x:v>
+        <x:v>567207</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s"/>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>59</x:v>
@@ -4211,51 +4212,51 @@
       <x:c r="K35" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>14414</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>563331</x:v>
+        <x:v>559514</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C36" s="15" t="s"/>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -4266,97 +4267,97 @@
       <x:c r="K36" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>14414</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>563337</x:v>
+        <x:v>563331</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s"/>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>14403</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="P37" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="Q37" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
-      <x:c r="P37" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
         <x:v>572372</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C38" s="15" t="s"/>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
@@ -4650,139 +4651,139 @@
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
         <x:v>587757</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C44" s="15" t="s"/>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s"/>
       <x:c r="K44" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>14403</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="P44" s="14" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="Q44" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
-      <x:c r="P44" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>574692</x:v>
+        <x:v>575159</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C45" s="3" t="s"/>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>14403</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="P45" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="Q45" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
-      <x:c r="P45" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>575159</x:v>
+        <x:v>574692</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C46" s="15" t="s"/>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
@@ -4949,952 +4950,952 @@
       <x:c r="I49" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>576838</x:v>
+        <x:v>576837</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C50" s="15" t="s"/>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="I50" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s"/>
       <x:c r="K50" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
-        <x:v>14447</x:v>
+        <x:v>14456</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>576839</x:v>
+        <x:v>576866</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C51" s="3" t="s"/>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
-        <x:v>15004</x:v>
+        <x:v>14454</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>576851</x:v>
+        <x:v>576820</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C52" s="15" t="s"/>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="I52" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s"/>
       <x:c r="K52" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
-        <x:v>14454</x:v>
+        <x:v>14426</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>576819</x:v>
+        <x:v>576867</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C53" s="3" t="s"/>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
-        <x:v>15004</x:v>
+        <x:v>14426</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>576854</x:v>
+        <x:v>576869</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C54" s="15" t="s"/>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="I54" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s"/>
       <x:c r="K54" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
-        <x:v>14447</x:v>
+        <x:v>14426</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>576840</x:v>
+        <x:v>576872</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C55" s="3" t="s"/>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
-        <x:v>14426</x:v>
+        <x:v>15004</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>576870</x:v>
+        <x:v>576853</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C56" s="15" t="s"/>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
-        <x:v>139</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s"/>
       <x:c r="K56" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
-        <x:v>14454</x:v>
+        <x:v>14403</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>575746</x:v>
+        <x:v>579081</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C57" s="3" t="s"/>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
-        <x:v>14447</x:v>
+        <x:v>14454</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>576837</x:v>
+        <x:v>576819</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C58" s="15" t="s"/>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="I58" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s"/>
       <x:c r="K58" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
-        <x:v>14456</x:v>
+        <x:v>15004</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>576866</x:v>
+        <x:v>576854</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C59" s="3" t="s"/>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
-        <x:v>15004</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>576853</x:v>
+        <x:v>576840</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C60" s="15" t="s"/>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
-        <x:v>106</x:v>
-[...1 lines deleted...]
-      <x:c r="H60" s="14" t="s"/>
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="H60" s="14" t="s">
+        <x:v>140</x:v>
+      </x:c>
       <x:c r="I60" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s"/>
       <x:c r="K60" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
-        <x:v>14403</x:v>
+        <x:v>14426</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>579081</x:v>
+        <x:v>576870</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C61" s="3" t="s"/>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
-        <x:v>14426</x:v>
+        <x:v>14454</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>576867</x:v>
+        <x:v>575746</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C62" s="15" t="s"/>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="I62" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s"/>
       <x:c r="K62" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
-        <x:v>14426</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>576869</x:v>
+        <x:v>576838</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C63" s="3" t="s"/>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
-        <x:v>14426</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>576872</x:v>
+        <x:v>576839</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C64" s="15" t="s"/>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="I64" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s"/>
       <x:c r="K64" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
-        <x:v>14454</x:v>
+        <x:v>15004</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>576820</x:v>
+        <x:v>576851</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C65" s="3" t="s"/>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>14403</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="P65" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="Q65" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
-      <x:c r="P65" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>583275</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>38991</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="I66" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>14403</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>575648</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
@@ -5928,51 +5929,51 @@
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>576547</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C68" s="15" t="s"/>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I68" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s"/>
       <x:c r="K68" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
@@ -6087,51 +6088,51 @@
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>576549</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C71" s="3" t="s"/>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>14414</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
@@ -6200,487 +6201,488 @@
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>575692</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="C73" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="C73" s="3" t="s"/>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
-        <x:v>158</x:v>
-[...2 lines deleted...]
-        <x:v>159</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
-        <x:v>14414</x:v>
+        <x:v>43079</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>575690</x:v>
+        <x:v>576946</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C74" s="15" t="s"/>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="I74" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s"/>
       <x:c r="K74" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>579050</x:v>
+        <x:v>579048</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>81</x:v>
-[...1 lines deleted...]
-      <x:c r="C75" s="3" t="s"/>
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="C75" s="3" t="n">
+        <x:v>39023</x:v>
+      </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="J75" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>577221</x:v>
+        <x:v>581256</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
-        <x:v>173</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="C76" s="15" t="s"/>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I76" s="16" t="s">
-        <x:v>176</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="J76" s="14" t="s"/>
       <x:c r="K76" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>590159</x:v>
+        <x:v>577221</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>178</x:v>
-[...1 lines deleted...]
-      <x:c r="C77" s="3" t="s"/>
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="C77" s="3" t="n">
+        <x:v>38989</x:v>
+      </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="J77" s="0" t="s">
+        <x:v>159</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
-        <x:v>43079</x:v>
+        <x:v>14414</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>576946</x:v>
+        <x:v>575690</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
-        <x:v>181</x:v>
-[...1 lines deleted...]
-      <x:c r="C78" s="15" t="s"/>
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="C78" s="15" t="n">
+        <x:v>38992</x:v>
+      </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="I78" s="16" t="s">
-        <x:v>122</x:v>
-[...1 lines deleted...]
-      <x:c r="J78" s="14" t="s"/>
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="J78" s="14" t="s">
+        <x:v>159</x:v>
+      </x:c>
       <x:c r="K78" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
-        <x:v>14454</x:v>
+        <x:v>14405</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>579048</x:v>
+        <x:v>575693</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
-        <x:v>38992</x:v>
+        <x:v>39023</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
-        <x:v>14405</x:v>
+        <x:v>14454</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>575693</x:v>
+        <x:v>590159</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
-        <x:v>184</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="C80" s="15" t="s"/>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I80" s="16" t="s">
-        <x:v>158</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="J80" s="14" t="s"/>
       <x:c r="K80" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>581256</x:v>
+        <x:v>579050</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C81" s="3" t="s"/>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>27</x:v>
@@ -7037,84 +7039,84 @@
       </x:c>
       <x:c r="S87" s="0" t="n">
         <x:v>576551</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>39025</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="I88" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>583214</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="C89" s="3" t="s"/>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
         <x:v>58</x:v>
@@ -7139,51 +7141,51 @@
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>570536</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C90" s="15" t="s"/>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I90" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s"/>
       <x:c r="K90" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
@@ -7272,118 +7274,118 @@
       </x:c>
       <x:c r="C92" s="15" t="s"/>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I92" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s"/>
       <x:c r="K92" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
-        <x:v>14435</x:v>
+        <x:v>14456</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>579475</x:v>
+        <x:v>563244</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="C93" s="3" t="s"/>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
-        <x:v>14456</x:v>
+        <x:v>14435</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>563244</x:v>
+        <x:v>579475</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C94" s="15" t="s"/>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -7460,51 +7462,51 @@
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>570535</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C96" s="15" t="s"/>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I96" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s"/>
       <x:c r="K96" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
@@ -7559,51 +7561,51 @@
       <x:c r="M97" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>14414</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>570534</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C98" s="15" t="s"/>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I98" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s"/>
       <x:c r="K98" s="14" t="s">
         <x:v>26</x:v>
@@ -7614,51 +7616,51 @@
       <x:c r="M98" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>14475</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>570537</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="C99" s="3" t="s"/>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>27</x:v>
@@ -7938,77 +7940,77 @@
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>566057</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C105" s="3" t="s"/>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="H105" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>43079</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>597733</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
@@ -8373,180 +8375,180 @@
         <x:v>24</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>569144</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C113" s="3" t="s"/>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>14403</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="P113" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="Q113" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
-      <x:c r="P113" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="R113" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>598021</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C114" s="15" t="s"/>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s"/>
       <x:c r="K114" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>14403</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="P114" s="14" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="Q114" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
-      <x:c r="P114" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="R114" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>598024</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="C115" s="3" t="s"/>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>14403</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="P115" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="Q115" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
-      <x:c r="P115" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="R115" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>598025</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C116" s="15" t="s"/>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
@@ -8686,115 +8688,115 @@
         <x:v>122</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
         <x:v>613517</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="C119" s="3" t="s"/>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="H119" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>612503</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C120" s="15" t="s"/>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="I120" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s"/>
       <x:c r="K120" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>588283</x:v>
       </x:c>
@@ -8840,80 +8842,80 @@
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>588284</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C122" s="15" t="s"/>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="I122" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s"/>
       <x:c r="K122" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>43079</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>588468</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
@@ -9060,76 +9062,76 @@
         <x:v>598148</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C126" s="15" t="s"/>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s"/>
       <x:c r="K126" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>579510</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C127" s="3" t="s"/>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H127" s="0" t="s">
         <x:v>35</x:v>
@@ -9272,76 +9274,76 @@
         <x:v>572407</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C130" s="15" t="s"/>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s"/>
       <x:c r="K130" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
         <x:v>575803</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="C131" s="3" t="s"/>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H131" s="0" t="s">
         <x:v>58</x:v>
@@ -9640,81 +9642,81 @@
         <x:v>211</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>578637</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="C137" s="3" t="s"/>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="H137" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>14456</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
         <x:v>612509</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C138" s="15" t="s"/>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
@@ -10008,80 +10010,80 @@
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
         <x:v>598965</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C144" s="15" t="s"/>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="I144" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s"/>
       <x:c r="K144" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>43079</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>602687</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
@@ -10222,68 +10224,68 @@
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
         <x:v>600767</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C148" s="15" t="s"/>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s"/>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="I148" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s"/>
       <x:c r="K148" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
         <x:v>600768</x:v>
       </x:c>
@@ -10484,188 +10486,190 @@
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
         <x:v>598479</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C153" s="3" t="s"/>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="G153" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="H153" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>43079</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
         <x:v>588469</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="C154" s="15" t="s"/>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
-        <x:v>294</x:v>
-[...1 lines deleted...]
-      <x:c r="H154" s="14" t="s"/>
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="H154" s="14" t="s">
+        <x:v>121</x:v>
+      </x:c>
       <x:c r="I154" s="16" t="s">
-        <x:v>295</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s"/>
       <x:c r="K154" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
-        <x:v>14456</x:v>
+        <x:v>14469</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
-        <x:v>295</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
-        <x:v>296</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
-        <x:v>614623</x:v>
+        <x:v>612058</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
-        <x:v>297</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="C155" s="3" t="s"/>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>14405</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
         <x:v>613902</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="C156" s="15" t="s"/>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
@@ -10691,1381 +10695,1378 @@
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
         <x:v>598453</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C157" s="3" t="s"/>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>14456</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
         <x:v>598443</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C158" s="15" t="s"/>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
-        <x:v>302</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s"/>
       <x:c r="I158" s="16" t="s">
-        <x:v>303</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s"/>
       <x:c r="K158" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>14405</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
-        <x:v>302</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
-        <x:v>303</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
-        <x:v>304</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
         <x:v>622979</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>297</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="C159" s="3" t="s"/>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
-        <x:v>14405</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
-        <x:v>613900</x:v>
+        <x:v>598452</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C160" s="15" t="s"/>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="I160" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s"/>
       <x:c r="K160" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
-        <x:v>588279</x:v>
+        <x:v>602685</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
-        <x:v>305</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="C161" s="3" t="s"/>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
-        <x:v>302</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
-        <x:v>303</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>14405</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
-        <x:v>302</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
-        <x:v>303</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
-        <x:v>622985</x:v>
+        <x:v>613900</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
-        <x:v>306</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C162" s="15" t="s"/>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
-        <x:v>287</x:v>
-[...1 lines deleted...]
-      <x:c r="H162" s="14" t="s"/>
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="H162" s="14" t="s">
+        <x:v>121</x:v>
+      </x:c>
       <x:c r="I162" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s"/>
       <x:c r="K162" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
-        <x:v>14447</x:v>
+        <x:v>14454</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
-        <x:v>287</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>587855</x:v>
+        <x:v>588279</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="C163" s="3" t="s"/>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
-        <x:v>15013</x:v>
+        <x:v>14405</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
-        <x:v>587859</x:v>
+        <x:v>622985</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
-        <x:v>308</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="C164" s="15" t="s"/>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s"/>
       <x:c r="K164" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
-        <x:v>14420</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
-        <x:v>309</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
-        <x:v>587865</x:v>
+        <x:v>587855</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="C165" s="3" t="s"/>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
-        <x:v>14447</x:v>
+        <x:v>15013</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
-        <x:v>598452</x:v>
+        <x:v>587859</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="C166" s="15" t="s"/>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
-        <x:v>120</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s"/>
       <x:c r="K166" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
-        <x:v>14454</x:v>
+        <x:v>14420</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
-        <x:v>602685</x:v>
+        <x:v>587865</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C167" s="3" t="s"/>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="H167" s="0" t="s">
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
-        <x:v>14456</x:v>
+        <x:v>15044</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
-        <x:v>598444</x:v>
+        <x:v>617596</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C168" s="15" t="s"/>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s"/>
       <x:c r="K168" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
-        <x:v>14426</x:v>
+        <x:v>14456</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>598478</x:v>
+        <x:v>598444</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C169" s="3" t="s"/>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
-        <x:v>57</x:v>
-[...2 lines deleted...]
-        <x:v>58</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
-        <x:v>15044</x:v>
+        <x:v>14426</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>617596</x:v>
+        <x:v>598478</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="C170" s="15" t="s"/>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
-        <x:v>120</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s"/>
       <x:c r="K170" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
-        <x:v>14454</x:v>
+        <x:v>14456</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>588280</x:v>
+        <x:v>614623</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="C171" s="3" t="s"/>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
-        <x:v>120</x:v>
-[...2 lines deleted...]
-        <x:v>121</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
-        <x:v>14469</x:v>
+        <x:v>14456</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>612058</x:v>
+        <x:v>587856</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
-        <x:v>312</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C172" s="15" t="s"/>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
-        <x:v>287</x:v>
-[...1 lines deleted...]
-      <x:c r="H172" s="14" t="s"/>
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="H172" s="14" t="s">
+        <x:v>121</x:v>
+      </x:c>
       <x:c r="I172" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s"/>
       <x:c r="K172" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
-        <x:v>14456</x:v>
+        <x:v>14454</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
-        <x:v>287</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>587856</x:v>
+        <x:v>588280</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C173" s="3" t="s"/>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>598450</x:v>
+        <x:v>587854</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="C174" s="15" t="s"/>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s"/>
       <x:c r="K174" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
-        <x:v>14426</x:v>
+        <x:v>15013</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
-        <x:v>598480</x:v>
+        <x:v>587858</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="C175" s="3" t="s"/>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="H175" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
-        <x:v>602682</x:v>
+        <x:v>611669</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
-        <x:v>313</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C176" s="15" t="s"/>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s"/>
       <x:c r="K176" s="14" t="s">
-        <x:v>314</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
-        <x:v>614716</x:v>
+        <x:v>598477</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C177" s="3" t="s"/>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
-        <x:v>14447</x:v>
+        <x:v>14456</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
-        <x:v>587854</x:v>
+        <x:v>598442</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
-        <x:v>316</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C178" s="15" t="s"/>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
-        <x:v>287</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s"/>
       <x:c r="K178" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
-        <x:v>15013</x:v>
+        <x:v>14456</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
-        <x:v>287</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
-        <x:v>587858</x:v>
+        <x:v>598445</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="C179" s="3" t="s"/>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
-        <x:v>120</x:v>
-[...2 lines deleted...]
-        <x:v>121</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
-        <x:v>14454</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
-        <x:v>611669</x:v>
+        <x:v>598450</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C180" s="15" t="s"/>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s"/>
       <x:c r="K180" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
-        <x:v>598477</x:v>
+        <x:v>598480</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C181" s="3" t="s"/>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="H181" s="0" t="s">
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
-        <x:v>14456</x:v>
+        <x:v>14454</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
-        <x:v>598442</x:v>
+        <x:v>602682</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="C182" s="15" t="s"/>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s"/>
       <x:c r="K182" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
-        <x:v>14456</x:v>
+        <x:v>14426</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
-        <x:v>598445</x:v>
+        <x:v>614716</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C183" s="3" t="s"/>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="H183" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>59</x:v>
@@ -12249,51 +12250,51 @@
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
         <x:v>602522</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C187" s="3" t="s"/>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H187" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>14414</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
@@ -12419,125 +12420,125 @@
         <x:v>608175</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C190" s="15" t="s"/>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s"/>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s"/>
       <x:c r="I190" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s"/>
       <x:c r="K190" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
         <x:v>611917</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C191" s="3" t="s"/>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="G191" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
         <x:v>611920</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="C192" s="15" t="s"/>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s"/>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
@@ -12565,51 +12566,51 @@
       </x:c>
       <x:c r="P192" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
         <x:v>588299</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C193" s="3" t="s"/>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="G193" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H193" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>14414</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
@@ -12617,51 +12618,51 @@
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
         <x:v>602518</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C194" s="15" t="s"/>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s"/>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I194" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s"/>
       <x:c r="K194" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
@@ -12680,75 +12681,75 @@
         <x:v>62</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
         <x:v>602515</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C195" s="3" t="s"/>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="G195" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
         <x:v>579550</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="C196" s="15" t="s"/>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
@@ -13352,80 +13353,80 @@
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
         <x:v>612060</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
         <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C208" s="15" t="s"/>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s"/>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="I208" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s"/>
       <x:c r="K208" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>43079</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
         <x:v>611193</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
         <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
@@ -13519,131 +13520,131 @@
         <x:v>122</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
         <x:v>613049</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
         <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="C211" s="3" t="s"/>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="G211" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>14403</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="P211" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="Q211" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
-      <x:c r="P211" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="R211" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
         <x:v>615315</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
         <x:v>344</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C212" s="15" t="s"/>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s"/>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s"/>
       <x:c r="I212" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s"/>
       <x:c r="K212" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>14403</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="P212" s="14" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="Q212" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
-      <x:c r="P212" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="R212" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
         <x:v>615314</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
         <x:v>344</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="C213" s="3" t="s"/>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
         <x:v>347</x:v>
@@ -13672,80 +13673,80 @@
       <x:c r="R213" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
         <x:v>580520</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
         <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C214" s="15" t="s"/>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s"/>
       <x:c r="I214" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s"/>
       <x:c r="K214" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>14403</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="P214" s="14" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="Q214" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
-      <x:c r="P214" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="R214" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
         <x:v>615313</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="C215" s="3" t="s"/>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="G215" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
         <x:v>351</x:v>
@@ -13898,158 +13899,158 @@
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I218" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s"/>
       <x:c r="K218" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>14420</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
-        <x:v>309</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
         <x:v>612668</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C219" s="3" t="s"/>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="H219" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
         <x:v>614993</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C220" s="15" t="s"/>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s"/>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="I220" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s"/>
       <x:c r="K220" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>43079</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
         <x:v>611671</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
@@ -14464,78 +14465,78 @@
         <x:v>59</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
         <x:v>615589</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
         <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="C229" s="3" t="s"/>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
-        <x:v>302</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
-        <x:v>303</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>14405</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
-        <x:v>302</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
-        <x:v>303</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
         <x:v>622094</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C230" s="15" t="s"/>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
@@ -14563,144 +14564,144 @@
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
         <x:v>616979</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
         <x:v>372</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C231" s="3" t="s"/>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="G231" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H231" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
-        <x:v>14447</x:v>
+        <x:v>14454</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
-        <x:v>617275</x:v>
+        <x:v>620798</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
         <x:v>372</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C232" s="15" t="s"/>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="I232" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s"/>
       <x:c r="K232" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
-        <x:v>14454</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
-        <x:v>620798</x:v>
+        <x:v>617275</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
         <x:v>372</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="C233" s="3" t="s"/>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="G233" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>248</x:v>
@@ -14906,107 +14907,107 @@
       <x:c r="I237" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
-        <x:v>579939</x:v>
+        <x:v>580511</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
         <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="C238" s="15" t="s"/>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s"/>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s"/>
       <x:c r="I238" s="16" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s"/>
       <x:c r="K238" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
-        <x:v>580511</x:v>
+        <x:v>579939</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
         <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C239" s="3" t="s"/>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="G239" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>26</x:v>
@@ -15025,51 +15026,51 @@
       </x:c>
       <x:c r="P239" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
         <x:v>584841</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
-        <x:v>315</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C240" s="15" t="s"/>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s"/>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s"/>
       <x:c r="I240" s="16" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s"/>
       <x:c r="K240" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
@@ -15180,51 +15181,51 @@
       </x:c>
       <x:c r="P242" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
         <x:v>616050</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
         <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C243" s="3" t="s"/>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="G243" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H243" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
         <x:v>14414</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
@@ -15392,353 +15393,353 @@
       </x:c>
       <x:c r="P246" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
         <x:v>616414</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="C247" s="3" t="s"/>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="G247" s="0" t="s">
-        <x:v>57</x:v>
-[...2 lines deleted...]
-        <x:v>58</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
-        <x:v>14414</x:v>
+        <x:v>14456</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
-        <x:v>621512</x:v>
+        <x:v>617973</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="C248" s="15" t="s"/>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s"/>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
-        <x:v>57</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="H248" s="14" t="s"/>
       <x:c r="I248" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s"/>
       <x:c r="K248" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
-        <x:v>14414</x:v>
+        <x:v>14456</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
-        <x:v>621516</x:v>
+        <x:v>599337</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
-        <x:v>399</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C249" s="3" t="s"/>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="G249" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="H249" s="0" t="s">
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
-        <x:v>375</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
-        <x:v>14456</x:v>
+        <x:v>14414</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
-        <x:v>375</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
-        <x:v>617973</x:v>
+        <x:v>621514</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
-        <x:v>400</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
-        <x:v>399</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C250" s="15" t="s"/>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s"/>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
-        <x:v>246</x:v>
-[...1 lines deleted...]
-      <x:c r="H250" s="14" t="s"/>
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="H250" s="14" t="s">
+        <x:v>58</x:v>
+      </x:c>
       <x:c r="I250" s="16" t="s">
-        <x:v>247</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s"/>
       <x:c r="K250" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
-        <x:v>14456</x:v>
+        <x:v>14414</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
-        <x:v>247</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
-        <x:v>599337</x:v>
+        <x:v>621510</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
-        <x:v>400</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C251" s="3" t="s"/>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="G251" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H251" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
         <x:v>14414</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
-        <x:v>621514</x:v>
+        <x:v>621516</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C252" s="15" t="s"/>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s"/>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H252" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I252" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s"/>
       <x:c r="K252" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
         <x:v>14414</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
-        <x:v>621510</x:v>
+        <x:v>621512</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="C253" s="3" t="s"/>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="G253" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="H253" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
         <x:v>122</x:v>
@@ -15760,51 +15761,51 @@
       </x:c>
       <x:c r="P253" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
         <x:v>618993</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C254" s="15" t="s"/>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s"/>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="I254" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s"/>
       <x:c r="K254" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
@@ -15867,68 +15868,68 @@
       </x:c>
       <x:c r="P255" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
         <x:v>619002</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="C256" s="15" t="s"/>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s"/>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="I256" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="J256" s="14" t="s"/>
       <x:c r="K256" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
         <x:v>618997</x:v>
       </x:c>
@@ -15948,51 +15949,51 @@
       </x:c>
       <x:c r="C257" s="3" t="s"/>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="G257" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="H257" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
         <x:v>43079</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
         <x:v>615238</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
@@ -16029,77 +16030,77 @@
       </x:c>
       <x:c r="P258" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
         <x:v>618842</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C259" s="3" t="s"/>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="G259" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="H259" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
         <x:v>43079</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
         <x:v>619000</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
@@ -16136,65 +16137,65 @@
       </x:c>
       <x:c r="P260" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
         <x:v>618996</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C261" s="3" t="s"/>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="G261" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="H261" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
         <x:v>618999</x:v>
       </x:c>
@@ -16273,51 +16274,51 @@
       <x:c r="I263" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
         <x:v>579942</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
         <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="C264" s="15" t="s"/>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s"/>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
@@ -16351,75 +16352,75 @@
         <x:v>62</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
         <x:v>617950</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
         <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C265" s="3" t="s"/>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="G265" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
         <x:v>612768</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
         <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="C266" s="15" t="s"/>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s"/>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
@@ -16910,401 +16911,401 @@
       </x:c>
       <x:c r="P275" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
         <x:v>623895</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
         <x:v>436</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="C276" s="15" t="s"/>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s"/>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="I276" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s"/>
       <x:c r="K276" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
         <x:v>623901</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
         <x:v>436</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C277" s="3" t="s"/>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="G277" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="H277" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
         <x:v>43079</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
         <x:v>619001</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
         <x:v>436</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="C278" s="15" t="s"/>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s"/>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="I278" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s"/>
       <x:c r="K278" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
-        <x:v>14469</x:v>
+        <x:v>14454</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
-        <x:v>623891</x:v>
+        <x:v>623896</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
-        <x:v>436</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="C279" s="3" t="s"/>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="G279" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="H279" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
-        <x:v>14454</x:v>
+        <x:v>14469</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
-        <x:v>623893</x:v>
+        <x:v>623891</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
         <x:v>436</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
-        <x:v>404</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C280" s="15" t="s"/>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s"/>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="H280" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="I280" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="J280" s="14" t="s"/>
       <x:c r="K280" s="14" t="s">
-        <x:v>281</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="L280" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
-        <x:v>623894</x:v>
+        <x:v>623893</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
         <x:v>436</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
-        <x:v>362</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="C281" s="3" t="s"/>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="G281" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="H281" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
-        <x:v>363</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
-        <x:v>623896</x:v>
+        <x:v>623894</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>436</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C282" s="15" t="s"/>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s"/>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="H282" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="I282" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="J282" s="14" t="s"/>
       <x:c r="K282" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="L282" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
         <x:v>43079</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
         <x:v>623892</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
         <x:v>436</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
@@ -17473,68 +17474,68 @@
         <x:v>347</x:v>
       </x:c>
       <x:c r="J286" s="14" t="s"/>
       <x:c r="K286" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L286" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
         <x:v>580507</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C287" s="3" t="s"/>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="G287" s="0" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
@@ -17726,104 +17727,104 @@
       <x:c r="I291" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L291" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P291" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
         <x:v>580514</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
         <x:v>450</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C292" s="15" t="s"/>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s"/>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="H292" s="14" t="s"/>
       <x:c r="I292" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="J292" s="14" t="s"/>
       <x:c r="K292" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L292" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M292" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
         <x:v>612767</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
         <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="C293" s="3" t="s"/>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="G293" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
         <x:v>347</x:v>
@@ -17845,247 +17846,247 @@
       </x:c>
       <x:c r="P293" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
         <x:v>581476</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
         <x:v>450</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
-        <x:v>411</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C294" s="15" t="s"/>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s"/>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="H294" s="14" t="s"/>
       <x:c r="I294" s="16" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s"/>
       <x:c r="K294" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
-        <x:v>15013</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
-        <x:v>617951</x:v>
+        <x:v>618116</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C295" s="3" t="s"/>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="G295" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
-        <x:v>375</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
-        <x:v>14447</x:v>
+        <x:v>14405</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
-        <x:v>375</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
-        <x:v>379</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
-        <x:v>618116</x:v>
+        <x:v>612763</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
         <x:v>453</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C296" s="15" t="s"/>
       <x:c r="D296" s="15" t="s"/>
       <x:c r="E296" s="14" t="s"/>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="H296" s="14" t="s"/>
       <x:c r="I296" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="J296" s="14" t="s"/>
       <x:c r="K296" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L296" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M296" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
-        <x:v>14405</x:v>
+        <x:v>14454</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
-        <x:v>612763</x:v>
+        <x:v>585130</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
-        <x:v>454</x:v>
+        <x:v>452</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
-        <x:v>455</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="C297" s="3" t="s"/>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="G297" s="0" t="s">
-        <x:v>385</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
-        <x:v>386</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
-        <x:v>14454</x:v>
+        <x:v>15013</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
-        <x:v>385</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
-        <x:v>386</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
-        <x:v>387</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
-        <x:v>585130</x:v>
+        <x:v>617951</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
-        <x:v>453</x:v>
+        <x:v>455</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="C298" s="15" t="s"/>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s"/>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="H298" s="14" t="s"/>
       <x:c r="I298" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="J298" s="14" t="s"/>
       <x:c r="K298" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="L298" s="14" t="s">
@@ -18094,100 +18095,100 @@
       <x:c r="M298" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N298" s="15" t="n">
         <x:v>14405</x:v>
       </x:c>
       <x:c r="O298" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P298" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
         <x:v>599341</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
-        <x:v>453</x:v>
+        <x:v>452</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="C299" s="3" t="s"/>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="G299" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="I299" s="4" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L299" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N299" s="3" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P299" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="Q299" s="4" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
         <x:v>585135</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
-        <x:v>453</x:v>
+        <x:v>452</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="C300" s="15" t="s"/>
       <x:c r="D300" s="15" t="s"/>
       <x:c r="E300" s="14" t="s"/>
       <x:c r="F300" s="14" t="s"/>
       <x:c r="G300" s="14" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="H300" s="14" t="s"/>
       <x:c r="I300" s="16" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="J300" s="14" t="s"/>
       <x:c r="K300" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L300" s="14" t="s">
@@ -18253,51 +18254,51 @@
       </x:c>
       <x:c r="P301" s="0" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
         <x:v>615405</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
         <x:v>463</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
-        <x:v>315</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C302" s="15" t="s"/>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s"/>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="H302" s="14" t="s"/>
       <x:c r="I302" s="16" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="J302" s="14" t="s"/>
       <x:c r="K302" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="L302" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M302" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
@@ -18391,51 +18392,51 @@
         <x:v>347</x:v>
       </x:c>
       <x:c r="J304" s="14" t="s"/>
       <x:c r="K304" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L304" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M304" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
         <x:v>580512</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C305" s="3" t="s"/>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="G305" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="H305" s="0" t="s">
         <x:v>117</x:v>
@@ -18722,233 +18723,233 @@
         <x:v>386</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
         <x:v>608554</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
         <x:v>471</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="C311" s="3" t="s"/>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="G311" s="0" t="s">
-        <x:v>346</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
-        <x:v>347</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
-        <x:v>14447</x:v>
+        <x:v>14454</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
-        <x:v>346</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
-        <x:v>347</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
-        <x:v>599687</x:v>
+        <x:v>615297</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
-        <x:v>378</x:v>
+        <x:v>481</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
-        <x:v>481</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="C312" s="15" t="s"/>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s"/>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="H312" s="14" t="s"/>
       <x:c r="I312" s="16" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="J312" s="14" t="s"/>
       <x:c r="K312" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L312" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M312" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N312" s="15" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O312" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P312" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="Q312" s="16" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="R312" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="S312" s="14" t="n">
         <x:v>585153</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="U312" s="16" t="s">
-        <x:v>482</x:v>
+        <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
-        <x:v>483</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="C313" s="3" t="s"/>
       <x:c r="D313" s="3" t="s"/>
       <x:c r="G313" s="0" t="s">
-        <x:v>385</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="I313" s="4" t="s">
-        <x:v>386</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L313" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M313" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N313" s="3" t="n">
-        <x:v>14454</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="P313" s="0" t="s">
-        <x:v>385</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
-        <x:v>386</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
-        <x:v>387</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
-        <x:v>615297</x:v>
+        <x:v>599687</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
-        <x:v>484</x:v>
+        <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
-        <x:v>479</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="C314" s="15" t="s"/>
       <x:c r="D314" s="15" t="s"/>
       <x:c r="E314" s="14" t="s"/>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="H314" s="14" t="s"/>
       <x:c r="I314" s="16" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="J314" s="14" t="s"/>
       <x:c r="K314" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L314" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M314" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
         <x:v>580519</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
         <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C315" s="3" t="s"/>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="G315" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
         <x:v>386</x:v>
@@ -19125,83 +19126,83 @@
       </x:c>
       <x:c r="P318" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="Q318" s="16" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="R318" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S318" s="14" t="n">
         <x:v>618101</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
-        <x:v>479</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="C319" s="3" t="s"/>
       <x:c r="D319" s="3" t="s"/>
       <x:c r="G319" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="I319" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
         <x:v>580517</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
         <x:v>492</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="C320" s="15" t="s"/>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s"/>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
@@ -19480,244 +19481,244 @@
       </x:c>
       <x:c r="P325" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S325" s="0" t="n">
         <x:v>617954</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
         <x:v>501</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
-        <x:v>373</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C326" s="15" t="s"/>
       <x:c r="D326" s="15" t="s"/>
       <x:c r="E326" s="14" t="s"/>
       <x:c r="F326" s="14" t="s"/>
       <x:c r="G326" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="H326" s="14" t="s"/>
       <x:c r="I326" s="16" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="J326" s="14" t="s"/>
       <x:c r="K326" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="L326" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M326" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N326" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O326" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P326" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="Q326" s="16" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="R326" s="14" t="s">
-        <x:v>379</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S326" s="14" t="n">
-        <x:v>618115</x:v>
+        <x:v>617967</x:v>
       </x:c>
       <x:c r="T326" s="16" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="U326" s="16" t="s">
         <x:v>501</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="C327" s="3" t="s"/>
       <x:c r="D327" s="3" t="s"/>
       <x:c r="G327" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="I327" s="4" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="L327" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M327" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N327" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O327" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P327" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="Q327" s="4" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="R327" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="S327" s="0" t="n">
-        <x:v>617967</x:v>
+        <x:v>618115</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="U327" s="4" t="s">
         <x:v>501</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:21">
       <x:c r="A328" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B328" s="14" t="s">
-        <x:v>315</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="C328" s="15" t="s"/>
       <x:c r="D328" s="15" t="s"/>
       <x:c r="E328" s="14" t="s"/>
       <x:c r="F328" s="14" t="s"/>
       <x:c r="G328" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="H328" s="14" t="s"/>
       <x:c r="I328" s="16" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="J328" s="14" t="s"/>
       <x:c r="K328" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="L328" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M328" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N328" s="15" t="n">
-        <x:v>14447</x:v>
+        <x:v>14405</x:v>
       </x:c>
       <x:c r="O328" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="P328" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="Q328" s="16" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="R328" s="14" t="s">
-        <x:v>379</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S328" s="14" t="n">
-        <x:v>618117</x:v>
+        <x:v>618078</x:v>
       </x:c>
       <x:c r="T328" s="16" t="s">
-        <x:v>503</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="U328" s="16" t="s">
-        <x:v>504</x:v>
+        <x:v>505</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:21">
       <x:c r="A329" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
-        <x:v>505</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C329" s="3" t="s"/>
       <x:c r="D329" s="3" t="s"/>
       <x:c r="G329" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="I329" s="4" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="K329" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="L329" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M329" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N329" s="3" t="n">
-        <x:v>14405</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O329" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="P329" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="Q329" s="4" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="R329" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="S329" s="0" t="n">
-        <x:v>618078</x:v>
+        <x:v>618117</x:v>
       </x:c>
       <x:c r="T329" s="4" t="s">
-        <x:v>503</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="U329" s="4" t="s">
         <x:v>506</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:21">
       <x:c r="A330" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B330" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="C330" s="15" t="s"/>
       <x:c r="D330" s="15" t="s"/>
       <x:c r="E330" s="14" t="s"/>
       <x:c r="F330" s="14" t="s"/>
       <x:c r="G330" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="H330" s="14" t="s"/>
       <x:c r="I330" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="J330" s="14" t="s"/>
       <x:c r="K330" s="14" t="s">
@@ -19726,54 +19727,54 @@
       <x:c r="L330" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M330" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N330" s="15" t="n">
         <x:v>14405</x:v>
       </x:c>
       <x:c r="O330" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P330" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q330" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="R330" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S330" s="14" t="n">
         <x:v>599342</x:v>
       </x:c>
       <x:c r="T330" s="16" t="s">
-        <x:v>503</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="U330" s="16" t="s">
-        <x:v>504</x:v>
+        <x:v>506</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:21">
       <x:c r="A331" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="C331" s="3" t="s"/>
       <x:c r="D331" s="3" t="s"/>
       <x:c r="G331" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="I331" s="4" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="K331" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="L331" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M331" s="0" t="s">
         <x:v>28</x:v>
@@ -19943,695 +19944,696 @@
         <x:v>374</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
         <x:v>618108</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
         <x:v>514</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>516</x:v>
       </x:c>
-      <x:c r="C335" s="3" t="s"/>
+      <x:c r="C335" s="3" t="n">
+        <x:v>38992</x:v>
+      </x:c>
       <x:c r="D335" s="3" t="s"/>
       <x:c r="G335" s="0" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="I335" s="4" t="s">
         <x:v>518</x:v>
       </x:c>
+      <x:c r="J335" s="0" t="s">
+        <x:v>159</x:v>
+      </x:c>
       <x:c r="K335" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="L335" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M335" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N335" s="3" t="n">
-        <x:v>14454</x:v>
+        <x:v>14405</x:v>
       </x:c>
       <x:c r="O335" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="P335" s="0" t="s">
+        <x:v>517</x:v>
+      </x:c>
+      <x:c r="Q335" s="4" t="s">
+        <x:v>518</x:v>
+      </x:c>
+      <x:c r="R335" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
-      <x:c r="Q335" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="R335" s="0" t="s">
+      <x:c r="S335" s="0" t="n">
+        <x:v>596275</x:v>
+      </x:c>
+      <x:c r="T335" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
-      <x:c r="S335" s="0" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U335" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:21">
       <x:c r="A336" s="13" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="B336" s="14" t="s">
-        <x:v>523</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>522</x:v>
+      </x:c>
+      <x:c r="C336" s="15" t="s"/>
       <x:c r="D336" s="15" t="s"/>
       <x:c r="E336" s="14" t="s"/>
       <x:c r="F336" s="14" t="s"/>
       <x:c r="G336" s="14" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="H336" s="14" t="s"/>
       <x:c r="I336" s="16" t="s">
         <x:v>518</x:v>
       </x:c>
-      <x:c r="J336" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J336" s="14" t="s"/>
       <x:c r="K336" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="L336" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M336" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N336" s="15" t="n">
-        <x:v>14405</x:v>
+        <x:v>14454</x:v>
       </x:c>
       <x:c r="O336" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P336" s="14" t="s">
-        <x:v>517</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="Q336" s="16" t="s">
-        <x:v>518</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="R336" s="14" t="s">
+        <x:v>520</x:v>
+      </x:c>
+      <x:c r="S336" s="14" t="n">
+        <x:v>595857</x:v>
+      </x:c>
+      <x:c r="T336" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
-      <x:c r="S336" s="14" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U336" s="16" t="s">
-        <x:v>258</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:21">
       <x:c r="A337" s="1" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="C337" s="3" t="n">
         <x:v>39025</x:v>
       </x:c>
       <x:c r="D337" s="3" t="s"/>
       <x:c r="G337" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="I337" s="4" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="J337" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="L337" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M337" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N337" s="3" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O337" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P337" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="Q337" s="4" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="R337" s="0" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="S337" s="0" t="n">
         <x:v>591978</x:v>
       </x:c>
       <x:c r="T337" s="4" t="s">
-        <x:v>522</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="U337" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="C338" s="15" t="n">
         <x:v>39025</x:v>
       </x:c>
       <x:c r="D338" s="15" t="s"/>
       <x:c r="E338" s="14" t="s"/>
       <x:c r="F338" s="14" t="s"/>
       <x:c r="G338" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="H338" s="14" t="s"/>
       <x:c r="I338" s="16" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="J338" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="K338" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="L338" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M338" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N338" s="15" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O338" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P338" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="Q338" s="16" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="R338" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
         <x:v>591979</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
-        <x:v>522</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="C339" s="3" t="n">
         <x:v>39025</x:v>
       </x:c>
       <x:c r="D339" s="3" t="s"/>
       <x:c r="G339" s="0" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="I339" s="4" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="J339" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="L339" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M339" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N339" s="3" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O339" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P339" s="0" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="Q339" s="4" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="R339" s="0" t="s">
-        <x:v>521</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="S339" s="0" t="n">
         <x:v>591981</x:v>
       </x:c>
       <x:c r="T339" s="4" t="s">
-        <x:v>522</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="U339" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:21">
       <x:c r="A340" s="13" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="B340" s="14" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="C340" s="15" t="n">
         <x:v>39025</x:v>
       </x:c>
       <x:c r="D340" s="15" t="s"/>
       <x:c r="E340" s="14" t="s"/>
       <x:c r="F340" s="14" t="s"/>
       <x:c r="G340" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="H340" s="14" t="s"/>
       <x:c r="I340" s="16" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="J340" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="K340" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="L340" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M340" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N340" s="15" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O340" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P340" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="Q340" s="16" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
         <x:v>591980</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
-        <x:v>522</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="C341" s="3" t="n">
         <x:v>38991</x:v>
       </x:c>
       <x:c r="D341" s="3" t="s"/>
       <x:c r="G341" s="0" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="I341" s="4" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="J341" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="L341" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N341" s="3" t="n">
         <x:v>14403</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
-        <x:v>521</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
         <x:v>591929</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
-        <x:v>522</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="C342" s="15" t="n">
         <x:v>39023</x:v>
       </x:c>
       <x:c r="D342" s="15" t="s"/>
       <x:c r="E342" s="14" t="s"/>
       <x:c r="F342" s="14" t="s"/>
       <x:c r="G342" s="14" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="H342" s="14" t="s"/>
       <x:c r="I342" s="16" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="J342" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K342" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="L342" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M342" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N342" s="15" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O342" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P342" s="14" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="Q342" s="16" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="R342" s="14" t="s">
-        <x:v>521</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
         <x:v>592013</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
-        <x:v>522</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="C343" s="3" t="n">
         <x:v>39023</x:v>
       </x:c>
       <x:c r="D343" s="3" t="s"/>
       <x:c r="G343" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="I343" s="4" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="J343" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K343" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="L343" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M343" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N343" s="3" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O343" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P343" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="Q343" s="4" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="R343" s="0" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="S343" s="0" t="n">
         <x:v>592014</x:v>
       </x:c>
       <x:c r="T343" s="4" t="s">
-        <x:v>522</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="U343" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:21">
       <x:c r="A344" s="13" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="B344" s="14" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="C344" s="15" t="s"/>
       <x:c r="D344" s="15" t="s"/>
       <x:c r="E344" s="14" t="s"/>
       <x:c r="F344" s="14" t="s"/>
       <x:c r="G344" s="14" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="H344" s="14" t="s"/>
       <x:c r="I344" s="16" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="J344" s="14" t="s"/>
       <x:c r="K344" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="L344" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M344" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N344" s="15" t="n">
         <x:v>14420</x:v>
       </x:c>
       <x:c r="O344" s="14" t="s">
-        <x:v>309</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="P344" s="14" t="s">
-        <x:v>520</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="Q344" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R344" s="14" t="s">
-        <x:v>521</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="S344" s="14" t="n">
         <x:v>595838</x:v>
       </x:c>
       <x:c r="T344" s="16" t="s">
-        <x:v>522</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="U344" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:21">
       <x:c r="A345" s="1" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="C345" s="3" t="n">
         <x:v>39022</x:v>
       </x:c>
       <x:c r="D345" s="3" t="s"/>
       <x:c r="G345" s="0" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="I345" s="4" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="J345" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="K345" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="L345" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M345" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N345" s="3" t="n">
         <x:v>14411</x:v>
       </x:c>
       <x:c r="O345" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="P345" s="0" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="Q345" s="4" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="R345" s="0" t="s">
-        <x:v>521</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="S345" s="0" t="n">
         <x:v>591971</x:v>
       </x:c>
       <x:c r="T345" s="4" t="s">
-        <x:v>522</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="U345" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:21">
       <x:c r="A346" s="13" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="B346" s="14" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="C346" s="15" t="n">
         <x:v>38989</x:v>
       </x:c>
       <x:c r="D346" s="15" t="s"/>
       <x:c r="E346" s="14" t="s"/>
       <x:c r="F346" s="14" t="s"/>
       <x:c r="G346" s="14" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="H346" s="14" t="s"/>
       <x:c r="I346" s="16" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="J346" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="K346" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="L346" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M346" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N346" s="15" t="n">
         <x:v>14414</x:v>
       </x:c>
       <x:c r="O346" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P346" s="14" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="Q346" s="16" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="R346" s="14" t="s">
-        <x:v>521</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="S346" s="14" t="n">
         <x:v>591989</x:v>
       </x:c>
       <x:c r="T346" s="16" t="s">
-        <x:v>522</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="U346" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:21">
       <x:c r="A347" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="C347" s="3" t="s"/>
       <x:c r="D347" s="3" t="s"/>
       <x:c r="G347" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="I347" s="4" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="K347" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="L347" s="0" t="s">
         <x:v>27</x:v>
@@ -20694,51 +20696,51 @@
       <x:c r="M348" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N348" s="15" t="n">
         <x:v>14498</x:v>
       </x:c>
       <x:c r="O348" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="P348" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="Q348" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R348" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S348" s="14" t="n">
         <x:v>615401</x:v>
       </x:c>
       <x:c r="T348" s="16" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="U348" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:21">
       <x:c r="A349" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="C349" s="3" t="s"/>
       <x:c r="D349" s="3" t="s"/>
       <x:c r="G349" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="I349" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="K349" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="L349" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M349" s="0" t="s">
         <x:v>28</x:v>
@@ -20850,51 +20852,51 @@
       <x:c r="M351" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N351" s="3" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O351" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P351" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="Q351" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R351" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S351" s="0" t="n">
         <x:v>610014</x:v>
       </x:c>
       <x:c r="T351" s="4" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="U351" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:21">
       <x:c r="A352" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B352" s="14" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="C352" s="15" t="s"/>
       <x:c r="D352" s="15" t="s"/>
       <x:c r="E352" s="14" t="s"/>
       <x:c r="F352" s="14" t="s"/>
       <x:c r="G352" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="H352" s="14" t="s"/>
       <x:c r="I352" s="16" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="J352" s="14" t="s"/>
       <x:c r="K352" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L352" s="14" t="s">