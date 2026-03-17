--- v0 (2025-10-12)
+++ v1 (2026-03-17)
@@ -227,60 +227,60 @@
   <x:si>
     <x:t>Diplôme d'État de psychomotricien - 2ème et 3ème années</x:t>
   </x:si>
   <x:si>
     <x:t>09/11/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme d'État de psychomotricien - 3ème année</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/03/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/21/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Diplôme d'État de psychomotricien - 2ème année</x:t>
   </x:si>
   <x:si>
-    <x:t>09/03/2025 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>06/19/2026 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>06/21/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme d'État de psychomotricien - 1ère année</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>diplôme d'État de psychomotricien</x:t>
   </x:si>
   <x:si>
     <x:t>IFPVPS</x:t>
   </x:si>
@@ -1203,156 +1203,156 @@
       </x:c>
       <x:c r="P7" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
         <x:v>572507</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
         <x:v>39924</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I8" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J8" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K8" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>43470</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>572506</x:v>
+        <x:v>572508</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="U8" s="16" t="s">
         <x:v>53</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>39924</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H9" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J9" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>43470</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>572508</x:v>
+        <x:v>572506</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
         <x:v>39924</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F10" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G10" s="14" t="s">
         <x:v>25</x:v>
       </x:c>