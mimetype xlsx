--- v0 (2026-03-17)
+++ v1 (2026-03-17)
@@ -314,62 +314,62 @@
   <x:si>
     <x:t>Soudage TIG</x:t>
   </x:si>
   <x:si>
     <x:t>Mention Complémentaire Technicien en Soudage</x:t>
   </x:si>
   <x:si>
     <x:t>Marignane</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Certificat de spécialisation technicien en soudage (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Louis Blériot</x:t>
   </x:si>
   <x:si>
     <x:t>13700</x:t>
   </x:si>
   <x:si>
     <x:t>MARIGNANE</x:t>
   </x:si>
   <x:si>
+    <x:t>CS - Certificat de spécialisation Technicien en soudage</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Polyvalent Jean Perrin</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>CS - Certificat de spécialisation Technicien en soudage</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Lycée Polyvalent Pierre Mendes France</x:t>
   </x:si>
   <x:si>
     <x:t>13127</x:t>
   </x:si>
   <x:si>
     <x:t>VITROLLES</x:t>
   </x:si>
   <x:si>
     <x:t>CS Certificat de Spécialisation Technicien en Soudage (Ex Mention Complémentaire)</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>TP Soudeur en tuyauterie industrielle + Habilitation GIES 1</x:t>
   </x:si>
   <x:si>
     <x:t>Niveau CAP, BEP</x:t>
   </x:si>
   <x:si>
     <x:t>Soudage électrode enrobée</x:t>
   </x:si>
   <x:si>
     <x:t>09/11/2025 00:00:00</x:t>
@@ -488,56 +488,56 @@
   <x:si>
     <x:t>Greta-Cfa Alpes Provence</x:t>
   </x:si>
   <x:si>
     <x:t>05000</x:t>
   </x:si>
   <x:si>
     <x:t>MANOSQUE</x:t>
   </x:si>
   <x:si>
     <x:t>12/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Pratiquer le Soudage à l'Arc électrique avec Électrode Enrobée (SAEE-111) - Perfectionnement - SDA011-A</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Pratiquer le soudage manuel TIG (141) - Initiation - SDA002-A</x:t>
+  </x:si>
+  <x:si>
     <x:t>IS INDUSTRIE</x:t>
   </x:si>
   <x:si>
-    <x:t>Pratiquer le soudage manuel TIG (141) - Initiation - SDA002-A</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Souder en toutes positions avec les procédés à l'Arc Electrode Enrobée et Tungstène Inert Gas des ensembles de tuyauterie - Bloc de compétences du titre professionnel Soudeur TIG électrode enrobée</x:t>
   </x:si>
   <x:si>
     <x:t>ISTRES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>01/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Soudeur assembleur industriel</x:t>
   </x:si>
   <x:si>
     <x:t>01/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Assembler et souder à plat des ouvrages métalliques avec les procédés de soudage semi-automatique et TIG - Bloc de compétences du titre professionnel Soudeur assembleur industriel</x:t>
@@ -632,149 +632,149 @@
   <x:si>
     <x:t>09/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Assembler les éléments d'un ensemble métallique - Bloc de compétences du titre professionnel Soudeur assembleur industriel</x:t>
   </x:si>
   <x:si>
     <x:t>02/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel soudeur assembleur industriel (Apprentissage) (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA - Antenne Istres</x:t>
   </x:si>
   <x:si>
     <x:t>03/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/12/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>03/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/21/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Souder des ensembles de tuyauterie en toutes positions avec les procédés à l'Arc Electrode Enrobée et Tungstène Inerte Gaz - Bloc de compétences du titre professionnel Soudeur en tuyauterie industrielle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formation scolaire, universitaire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>bac pro technicien en chaudronnerie industrielle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public de la formation initiale</x:t>
+  </x:si>
+  <x:si>
     <x:t>Titre professionnel soudeur en tuyauterie industrielle (Apprentissage) (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
-    <x:t>03/09/2026 00:00:00</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Souder des ensembles de tuyauterie à plat avec le procédé à l'Arc Electrode Enrobée et Tungstène Inerte Gaz - Bloc de compétences du titre professionnel Soudeur en tuyauterie industrielle</x:t>
   </x:si>
   <x:si>
     <x:t>03/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Titre professionnel soudeur assembleur industriel (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GIP FIPAN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Titre professionnel Soudeur assembleur industriel ( TP SAI) + Habilitation GIES 1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/29/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Soudeur inox suivant la norme ISO 9606-1 + Rccm</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chambre de Métiers et de l'Artisanat de Région Provence Alpes Côte d'Azur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13008</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Titre professionnel soudeur assembleur industriel (Apprentissage)</x:t>
-[...64 lines deleted...]
-  <x:si>
     <x:t>05/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/04/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Passerelle soudeur international multiprocédés Iso/Asme</x:t>
   </x:si>
   <x:si>
     <x:t>06/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/07/2026 00:00:00</x:t>
@@ -809,69 +809,69 @@
   <x:si>
     <x:t>13651</x:t>
   </x:si>
   <x:si>
     <x:t>SALON DE PROVENCE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Paul Langevin</x:t>
   </x:si>
   <x:si>
     <x:t>83514</x:t>
   </x:si>
   <x:si>
     <x:t>LA SEYNE SUR MER CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée J Perrin</x:t>
   </x:si>
   <x:si>
     <x:t>13395</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 10</x:t>
   </x:si>
   <x:si>
+    <x:t>Certificat de spécialisation technicien en soudage</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP L Martin Bret</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MANOSQUE CEDEX</x:t>
+  </x:si>
+  <x:si>
     <x:t>Titre professionnel soudeur en tuyauterie industrielle (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Académie Vaucluse Provence Industries - Antenne Avignon</x:t>
   </x:si>
   <x:si>
     <x:t>84140</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>MANOSQUE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>LP L Blériot</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LP Argensol</x:t>
   </x:si>
   <x:si>
     <x:t>84106</x:t>
   </x:si>
   <x:si>
     <x:t>ORANGE Cedex</x:t>
   </x:si>
   <x:si>
     <x:t>CMAR PACA</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation La Seyne sur Mer</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie de Vaucluse - Antenne Pertuis</x:t>
   </x:si>
@@ -2916,222 +2916,224 @@
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
         <x:v>550210</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
-        <x:v>38337</x:v>
+        <x:v>38311</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
-      <x:c r="E26" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
-        <x:v>24</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
-        <x:v>22387</x:v>
+        <x:v>23026</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>24</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>32</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>550208</x:v>
+        <x:v>556581</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
-        <x:v>38311</x:v>
+        <x:v>38337</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
+      <x:c r="E27" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G27" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="H27" s="0" t="s">
+        <x:v>46</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
-        <x:v>23026</x:v>
+        <x:v>22387</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>556581</x:v>
+        <x:v>556768</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I28" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>550207</x:v>
+        <x:v>550208</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="E29" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -3152,329 +3154,327 @@
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
         <x:v>550206</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
-        <x:v>43</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
-      <x:c r="E30" s="14" t="s"/>
+      <x:c r="E30" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
-        <x:v>52</x:v>
-[...1 lines deleted...]
-      <x:c r="H30" s="14" t="s"/>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H30" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="I30" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>540871</x:v>
+        <x:v>550207</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
-        <x:v>45</x:v>
-[...2 lines deleted...]
-        <x:v>46</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>554810</x:v>
+        <x:v>540871</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
-        <x:v>52</x:v>
-[...1 lines deleted...]
-      <x:c r="H32" s="14" t="s"/>
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="H32" s="14" t="s">
+        <x:v>46</x:v>
+      </x:c>
       <x:c r="I32" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>623305</x:v>
+        <x:v>554810</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
-        <x:v>45</x:v>
-[...2 lines deleted...]
-        <x:v>46</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>623312</x:v>
+        <x:v>623305</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
-      <x:c r="E34" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="I34" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>556768</x:v>
+        <x:v>623312</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>38311</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="E35" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
@@ -4253,160 +4253,159 @@
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>585767</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>128</x:v>
-[...1 lines deleted...]
-      <x:c r="C49" s="3" t="s"/>
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="C49" s="3" t="n">
+        <x:v>40477</x:v>
+      </x:c>
       <x:c r="D49" s="3" t="s"/>
-      <x:c r="E49" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G49" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="J49" s="0" t="s">
+        <x:v>91</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
-        <x:v>23026</x:v>
+        <x:v>23004</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>583279</x:v>
+        <x:v>586065</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
-        <x:v>125</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="C50" s="15" t="s"/>
       <x:c r="D50" s="15" t="s"/>
-      <x:c r="E50" s="14" t="s"/>
-      <x:c r="F50" s="14" t="s"/>
+      <x:c r="E50" s="14" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="F50" s="14" t="s">
+        <x:v>107</x:v>
+      </x:c>
       <x:c r="G50" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="I50" s="16" t="s">
-        <x:v>98</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="J50" s="14" t="s"/>
       <x:c r="K50" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
-        <x:v>23004</x:v>
+        <x:v>23026</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>586065</x:v>
+        <x:v>583279</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="E51" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F51" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
@@ -4535,194 +4534,194 @@
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>620075</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C54" s="15" t="s"/>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
-        <x:v>112</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s"/>
       <x:c r="K54" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>23026</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>604683</x:v>
+        <x:v>620072</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C55" s="3" t="s"/>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
-        <x:v>23026</x:v>
+        <x:v>23015</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>620072</x:v>
+        <x:v>620073</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C56" s="15" t="s"/>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
-        <x:v>66</x:v>
-[...1 lines deleted...]
-      <x:c r="H56" s="14" t="s"/>
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="H56" s="14" t="s">
+        <x:v>140</x:v>
+      </x:c>
       <x:c r="I56" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s"/>
       <x:c r="K56" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
-        <x:v>23015</x:v>
+        <x:v>23026</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>620073</x:v>
+        <x:v>604683</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>34738</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
@@ -4787,66 +4786,66 @@
       <x:c r="H58" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="I58" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>604331</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>34738</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
@@ -6952,678 +6951,678 @@
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>580720</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
-        <x:v>182</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
-        <x:v>40477</x:v>
+        <x:v>34738</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
-      <x:c r="E96" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I96" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
-        <x:v>26</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
-        <x:v>32</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>580702</x:v>
+        <x:v>577353</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="U96" s="16" t="s">
         <x:v>188</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
-        <x:v>34738</x:v>
+        <x:v>34502</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
-        <x:v>23004</x:v>
+        <x:v>23015</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>577353</x:v>
+        <x:v>604456</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="U97" s="4" t="s">
         <x:v>188</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
-        <x:v>34502</x:v>
+        <x:v>40477</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I98" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
-        <x:v>23015</x:v>
+        <x:v>23004</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>604456</x:v>
+        <x:v>604449</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="U98" s="16" t="s">
         <x:v>188</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
-        <x:v>40477</x:v>
+        <x:v>40037</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
-        <x:v>23004</x:v>
+        <x:v>23015</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>604449</x:v>
+        <x:v>598098</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="U99" s="4" t="s">
         <x:v>188</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
-        <x:v>40037</x:v>
+        <x:v>34738</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I100" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
-        <x:v>23015</x:v>
+        <x:v>23004</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>598098</x:v>
+        <x:v>577356</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="U100" s="16" t="s">
         <x:v>188</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="B101" s="0" t="s">
         <x:v>191</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>192</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="I101" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
         <x:v>616024</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
-        <x:v>34738</x:v>
+        <x:v>34502</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I102" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
-        <x:v>23004</x:v>
+        <x:v>23015</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>577356</x:v>
+        <x:v>604517</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="U102" s="16" t="s">
         <x:v>188</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
-        <x:v>34502</x:v>
+        <x:v>40037</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>604517</x:v>
+        <x:v>598065</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="U103" s="4" t="s">
         <x:v>188</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
-        <x:v>43</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
-        <x:v>40037</x:v>
+        <x:v>40477</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
-      <x:c r="E104" s="14" t="s"/>
+      <x:c r="E104" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I104" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
-        <x:v>23015</x:v>
+        <x:v>23004</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>598065</x:v>
+        <x:v>580702</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
-        <x:v>40477</x:v>
+        <x:v>34738</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H105" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>604445</x:v>
+        <x:v>576739</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="U105" s="4" t="s">
         <x:v>188</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
-        <x:v>34738</x:v>
+        <x:v>40477</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I106" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>576739</x:v>
+        <x:v>604445</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="U106" s="16" t="s">
         <x:v>188</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
@@ -7633,54 +7632,54 @@
       <x:c r="L107" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>598102</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="U107" s="4" t="s">
         <x:v>188</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>34738</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I108" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
@@ -7692,227 +7691,227 @@
       <x:c r="L108" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>576742</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="U108" s="16" t="s">
         <x:v>188</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>604506</x:v>
+        <x:v>604510</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="U109" s="4" t="s">
         <x:v>188</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
-        <x:v>40477</x:v>
+        <x:v>40037</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I110" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
-        <x:v>23004</x:v>
+        <x:v>23015</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>604510</x:v>
+        <x:v>598069</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="U110" s="16" t="s">
         <x:v>188</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
-        <x:v>40037</x:v>
+        <x:v>40477</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
-        <x:v>23015</x:v>
+        <x:v>23004</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>598069</x:v>
+        <x:v>604506</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="U111" s="4" t="s">
         <x:v>188</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I112" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
@@ -7992,1268 +7991,1270 @@
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>589764</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
-        <x:v>38337</x:v>
+        <x:v>40037</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
-        <x:v>58</x:v>
-[...1 lines deleted...]
-      <x:c r="H114" s="14" t="s"/>
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="H114" s="14" t="s">
+        <x:v>104</x:v>
+      </x:c>
       <x:c r="I114" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
-        <x:v>22387</x:v>
+        <x:v>23015</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>623307</x:v>
+        <x:v>589765</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>589765</x:v>
+        <x:v>589738</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
-        <x:v>43</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
-      <x:c r="E116" s="14" t="s"/>
+      <x:c r="E116" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="I116" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>589738</x:v>
+        <x:v>617534</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
-      <x:c r="E117" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G117" s="0" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="H117" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
-      <x:c r="H117" s="0" t="s">
+      <x:c r="I117" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
-      <x:c r="I117" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
-        <x:v>617534</x:v>
+        <x:v>616366</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="U117" s="4" t="s">
         <x:v>202</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
-        <x:v>40037</x:v>
+        <x:v>40477</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I118" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
-        <x:v>23015</x:v>
+        <x:v>23004</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
-        <x:v>616366</x:v>
+        <x:v>607365</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H119" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>607365</x:v>
+        <x:v>607396</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I120" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>607396</x:v>
+        <x:v>589741</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H121" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>589741</x:v>
+        <x:v>613803</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I122" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
-        <x:v>613803</x:v>
+        <x:v>613829</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
-        <x:v>208</x:v>
+        <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H123" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
-        <x:v>613829</x:v>
+        <x:v>589767</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="U123" s="4" t="s">
         <x:v>206</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
-        <x:v>40477</x:v>
+        <x:v>34738</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I124" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
-        <x:v>589767</x:v>
+        <x:v>548067</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
-        <x:v>207</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>34738</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
-        <x:v>548067</x:v>
+        <x:v>547927</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="U125" s="4" t="s">
         <x:v>209</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
-        <x:v>34738</x:v>
+        <x:v>34502</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I126" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
-        <x:v>23004</x:v>
+        <x:v>23015</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
-        <x:v>547927</x:v>
+        <x:v>548058</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="U126" s="16" t="s">
         <x:v>209</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H127" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
-        <x:v>548058</x:v>
+        <x:v>547918</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
-        <x:v>149</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="C128" s="15" t="s"/>
       <x:c r="D128" s="15" t="s"/>
-      <x:c r="E128" s="14" t="s"/>
-      <x:c r="F128" s="14" t="s"/>
+      <x:c r="E128" s="14" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="F128" s="14" t="s">
+        <x:v>118</x:v>
+      </x:c>
       <x:c r="G128" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I128" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="J128" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J128" s="14" t="s"/>
       <x:c r="K128" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
-        <x:v>23015</x:v>
+        <x:v>23026</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
-        <x:v>547918</x:v>
+        <x:v>583907</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
-        <x:v>211</x:v>
-[...1 lines deleted...]
-      <x:c r="C129" s="3" t="s"/>
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="C129" s="3" t="n">
+        <x:v>40037</x:v>
+      </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="E129" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F129" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="J129" s="0" t="s">
+        <x:v>91</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
-        <x:v>23026</x:v>
+        <x:v>23015</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
-        <x:v>583907</x:v>
+        <x:v>612878</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
-        <x:v>40037</x:v>
+        <x:v>34502</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
-      <x:c r="E130" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E130" s="14" t="s"/>
+      <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I130" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
-        <x:v>214</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>612878</x:v>
+        <x:v>548061</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H131" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>548061</x:v>
+        <x:v>547921</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
-        <x:v>34502</x:v>
+        <x:v>34738</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I132" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
-        <x:v>23015</x:v>
+        <x:v>23004</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>547921</x:v>
+        <x:v>548064</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>34738</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H133" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>548064</x:v>
+        <x:v>547924</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
-        <x:v>34738</x:v>
+        <x:v>40037</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I134" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
-        <x:v>23004</x:v>
+        <x:v>23015</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>547924</x:v>
+        <x:v>598094</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H135" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
@@ -9263,51 +9264,51 @@
       <x:c r="L135" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>604504</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I136" s="16" t="s">
@@ -9322,51 +9323,51 @@
       <x:c r="L136" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>598067</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
-        <x:v>219</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H137" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
@@ -9379,110 +9380,110 @@
       <x:c r="L137" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
         <x:v>598100</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I138" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>598094</x:v>
+        <x:v>598061</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
-        <x:v>219</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H139" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
@@ -9495,51 +9496,51 @@
       <x:c r="L139" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
         <x:v>604514</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
@@ -9549,111 +9550,111 @@
       <x:c r="K140" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
-        <x:v>588513</x:v>
+        <x:v>623307</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
-        <x:v>40037</x:v>
+        <x:v>40477</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H141" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
-        <x:v>23015</x:v>
+        <x:v>23004</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
-        <x:v>598061</x:v>
+        <x:v>604443</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I142" s="16" t="s">
@@ -9668,923 +9669,920 @@
       <x:c r="L142" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>604453</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
-        <x:v>219</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
-        <x:v>194</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="C143" s="3" t="s"/>
       <x:c r="D143" s="3" t="s"/>
+      <x:c r="E143" s="0" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="F143" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
       <x:c r="G143" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="H143" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
-        <x:v>98</x:v>
-[...2 lines deleted...]
-        <x:v>91</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
-        <x:v>23004</x:v>
+        <x:v>23026</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>604443</x:v>
+        <x:v>614736</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
-        <x:v>43</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
-        <x:v>105</x:v>
-[...1 lines deleted...]
-      <x:c r="C144" s="15" t="s"/>
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="C144" s="15" t="n">
+        <x:v>40477</x:v>
+      </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s">
-        <x:v>106</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I144" s="16" t="s">
-        <x:v>110</x:v>
-[...1 lines deleted...]
-      <x:c r="J144" s="14" t="s"/>
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="J144" s="14" t="s">
+        <x:v>91</x:v>
+      </x:c>
       <x:c r="K144" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
-        <x:v>23026</x:v>
+        <x:v>23004</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
-        <x:v>614736</x:v>
+        <x:v>580703</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
-        <x:v>221</x:v>
+        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
-        <x:v>40477</x:v>
+        <x:v>40037</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="E145" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H145" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
-        <x:v>23004</x:v>
+        <x:v>23015</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
-        <x:v>580703</x:v>
+        <x:v>580721</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
-        <x:v>182</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
-        <x:v>183</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="C146" s="15" t="s"/>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s">
-        <x:v>23</x:v>
-[...1 lines deleted...]
-      <x:c r="F146" s="14" t="s"/>
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="F146" s="14" t="s">
+        <x:v>118</x:v>
+      </x:c>
       <x:c r="G146" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I146" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="J146" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J146" s="14" t="s"/>
       <x:c r="K146" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
-        <x:v>23015</x:v>
+        <x:v>23026</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
-        <x:v>26</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
-        <x:v>32</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
-        <x:v>580721</x:v>
+        <x:v>583904</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
-        <x:v>223</x:v>
+        <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
-        <x:v>224</x:v>
-[...1 lines deleted...]
-      <x:c r="C147" s="3" t="s"/>
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="C147" s="3" t="n">
+        <x:v>34738</x:v>
+      </x:c>
       <x:c r="D147" s="3" t="s"/>
-      <x:c r="E147" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G147" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H147" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
+      <x:c r="J147" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
       <x:c r="K147" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
-        <x:v>23026</x:v>
+        <x:v>23004</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
-        <x:v>583904</x:v>
+        <x:v>548068</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
-        <x:v>34738</x:v>
+        <x:v>40477</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s"/>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I148" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K148" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
-        <x:v>548068</x:v>
+        <x:v>604446</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
-        <x:v>40477</x:v>
+        <x:v>40037</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H149" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
-        <x:v>23004</x:v>
+        <x:v>23015</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
-        <x:v>604446</x:v>
+        <x:v>598095</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
-        <x:v>40037</x:v>
+        <x:v>40477</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I150" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
-        <x:v>23015</x:v>
+        <x:v>23004</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
-        <x:v>598095</x:v>
+        <x:v>604507</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
-        <x:v>34738</x:v>
+        <x:v>40477</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H151" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
-        <x:v>547928</x:v>
+        <x:v>604450</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s"/>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I152" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
-        <x:v>604507</x:v>
+        <x:v>604511</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
-        <x:v>40037</x:v>
+        <x:v>38337</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="G153" s="0" t="s">
-        <x:v>96</x:v>
-[...2 lines deleted...]
-        <x:v>97</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
-        <x:v>23015</x:v>
+        <x:v>22387</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
-        <x:v>598070</x:v>
+        <x:v>588513</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I154" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
-        <x:v>598062</x:v>
+        <x:v>598103</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
-        <x:v>40477</x:v>
+        <x:v>40037</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H155" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
-        <x:v>23004</x:v>
+        <x:v>23015</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
-        <x:v>604450</x:v>
+        <x:v>598070</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
-        <x:v>40477</x:v>
+        <x:v>34738</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I156" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
-        <x:v>604511</x:v>
+        <x:v>547928</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H157" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
-        <x:v>598103</x:v>
+        <x:v>598062</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s">
@@ -11192,327 +11190,327 @@
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
         <x:v>548065</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="B169" s="0" t="s">
         <x:v>191</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>192</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
         <x:v>595771</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
-        <x:v>191</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
-        <x:v>240</x:v>
-[...1 lines deleted...]
-      <x:c r="H170" s="14" t="s"/>
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="H170" s="14" t="s">
+        <x:v>199</x:v>
+      </x:c>
       <x:c r="I170" s="16" t="s">
-        <x:v>241</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
-        <x:v>240</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
-        <x:v>241</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
-        <x:v>242</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>595769</x:v>
+        <x:v>620183</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
+      <x:c r="E171" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G171" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>595772</x:v>
+        <x:v>604350</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
-        <x:v>43</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
-        <x:v>199</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>620183</x:v>
+        <x:v>595769</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
-      <x:c r="E173" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G173" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>604350</x:v>
+        <x:v>595772</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>38311</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I174" s="16" t="s">
         <x:v>26</x:v>
@@ -11534,333 +11532,335 @@
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
         <x:v>605712</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
-        <x:v>40477</x:v>
+        <x:v>38311</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
-      <x:c r="E175" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G175" s="0" t="s">
-        <x:v>152</x:v>
-[...2 lines deleted...]
-        <x:v>153</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
-        <x:v>23004</x:v>
+        <x:v>23026</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
-        <x:v>602861</x:v>
+        <x:v>594226</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
-        <x:v>38311</x:v>
+        <x:v>40477</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
-        <x:v>52</x:v>
-[...1 lines deleted...]
-      <x:c r="H176" s="14" t="s"/>
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="H176" s="14" t="s">
+        <x:v>153</x:v>
+      </x:c>
       <x:c r="I176" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
-        <x:v>23026</x:v>
+        <x:v>23004</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
-        <x:v>602275</x:v>
+        <x:v>602861</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>38311</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
+      <x:c r="E177" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G177" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>23026</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
-        <x:v>594226</x:v>
+        <x:v>602275</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="B178" s="14" t="s">
         <x:v>191</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>192</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
         <x:v>595770</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
+      <x:c r="E179" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G179" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H179" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
-        <x:v>623311</x:v>
+        <x:v>605641</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I180" s="16" t="s">
         <x:v>26</x:v>
@@ -11871,232 +11871,230 @@
       <x:c r="K180" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
-        <x:v>605641</x:v>
+        <x:v>605642</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
-        <x:v>254</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="E181" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H181" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
-        <x:v>605642</x:v>
+        <x:v>605644</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
-      <x:c r="E182" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
-        <x:v>24</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="I182" s="16" t="s">
-        <x:v>26</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
-        <x:v>605644</x:v>
+        <x:v>623311</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
-        <x:v>254</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="B183" s="0" t="s">
         <x:v>191</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>192</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
         <x:v>595768</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -12109,51 +12107,51 @@
       <x:c r="M184" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
         <x:v>581434</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="E185" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H185" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -12169,51 +12167,51 @@
       <x:c r="M185" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
         <x:v>605643</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I186" s="16" t="s">
         <x:v>26</x:v>
@@ -12230,232 +12228,233 @@
       <x:c r="M186" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
         <x:v>605645</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="H187" s="0" t="s">
+        <x:v>199</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
-        <x:v>623306</x:v>
+        <x:v>623313</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
-        <x:v>199</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H188" s="14" t="s"/>
       <x:c r="I188" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
-        <x:v>623313</x:v>
+        <x:v>623306</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="E189" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="H189" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
         <x:v>604198</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I190" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K190" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
@@ -12472,51 +12471,51 @@
       </x:c>
       <x:c r="P190" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
         <x:v>605741</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="E191" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="H191" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>68</x:v>
@@ -12583,51 +12582,51 @@
       <x:c r="M192" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
         <x:v>585525</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
         <x:v>38311</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="G193" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
@@ -12645,51 +12644,51 @@
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
         <x:v>598117</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I194" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K194" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
@@ -12706,221 +12705,222 @@
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
         <x:v>591828</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="E195" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="H195" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
-      <x:c r="H195" s="0" t="s">
+      <x:c r="I195" s="4" t="s">
         <x:v>200</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>201</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
         <x:v>617535</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
-        <x:v>182</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
-      <x:c r="E196" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="I196" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K196" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
-        <x:v>26</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
-        <x:v>32</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
-        <x:v>591830</x:v>
+        <x:v>610937</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
-        <x:v>264</x:v>
+        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
+      <x:c r="E197" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G197" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H197" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
-        <x:v>610937</x:v>
+        <x:v>591830</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I198" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
@@ -13048,54 +13048,54 @@
       <x:c r="L200" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
         <x:v>604611</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
         <x:v>34738</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H201" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
@@ -13639,153 +13639,153 @@
       </x:c>
       <x:c r="P210" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
         <x:v>575440</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
         <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
-        <x:v>40037</x:v>
+        <x:v>34738</x:v>
       </x:c>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="G211" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H211" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
-        <x:v>23015</x:v>
+        <x:v>23004</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
-        <x:v>598104</x:v>
+        <x:v>576743</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
-        <x:v>34738</x:v>
+        <x:v>40037</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s"/>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I212" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K212" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
-        <x:v>23004</x:v>
+        <x:v>23015</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
-        <x:v>576743</x:v>
+        <x:v>598104</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H213" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
@@ -13928,51 +13928,51 @@
       </x:c>
       <x:c r="P215" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
         <x:v>604447</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I216" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K216" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
@@ -13987,51 +13987,51 @@
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
         <x:v>604451</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H217" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>30</x:v>
@@ -14103,51 +14103,51 @@
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
         <x:v>575522</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
         <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H219" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>30</x:v>
@@ -14160,51 +14160,51 @@
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
         <x:v>615558</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s"/>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I220" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K220" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
@@ -14219,51 +14219,51 @@
       </x:c>
       <x:c r="P220" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
         <x:v>615868</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="E221" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G221" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H221" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>29</x:v>
@@ -14513,51 +14513,51 @@
       </x:c>
       <x:c r="P225" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
         <x:v>618228</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I226" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K226" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
@@ -14581,209 +14581,209 @@
       <x:c r="R226" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
         <x:v>620164</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="G227" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H227" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
-        <x:v>618220</x:v>
+        <x:v>618045</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I228" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K228" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
-        <x:v>618045</x:v>
+        <x:v>618053</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
-        <x:v>280</x:v>
+        <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H229" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
-        <x:v>618053</x:v>
+        <x:v>618220</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
-        <x:v>278</x:v>
+        <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I230" s="16" t="s">
         <x:v>98</x:v>