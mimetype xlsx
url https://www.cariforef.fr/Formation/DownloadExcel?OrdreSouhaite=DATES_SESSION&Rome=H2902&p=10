--- v0 (2026-03-16)
+++ v1 (2026-03-17)
@@ -494,50 +494,53 @@
   <x:si>
     <x:t>04/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Fabriquer un ensemble chaudronné courant - Bloc de compétences du titre professionnel Technicien en chaudronnerie</x:t>
   </x:si>
   <x:si>
     <x:t>03/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>06/30/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>bac pro technicien en chaudronnerie industrielle</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Paul Langevin</x:t>
   </x:si>
   <x:si>
     <x:t>83514</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>LA SEYNE SUR MER CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Adam de Craponne</x:t>
   </x:si>
   <x:si>
     <x:t>13651</x:t>
   </x:si>
   <x:si>
     <x:t>SALON DE PROVENCE CEDEX</x:t>
@@ -575,102 +578,99 @@
   <x:si>
     <x:t>CAP réalisations industrielles en chaudronnerie ou soudage option B soudage</x:t>
   </x:si>
   <x:si>
     <x:t>École de production Je fabrique mon avenir- site de La Seyne sur Mer</x:t>
   </x:si>
   <x:si>
     <x:t>Soudage</x:t>
   </x:si>
   <x:si>
     <x:t>CAP réalisations industrielles en chaudronnerie ou soudage option A chaudronnerie</x:t>
   </x:si>
   <x:si>
     <x:t>École de production Je fabrique mon avenir</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
   </x:si>
   <x:si>
     <x:t>GIP FIPAN</x:t>
   </x:si>
   <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
-    <x:t>06/30/2029 00:00:00</x:t>
+    <x:t>LP L Blériot</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARIGNANE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée J Perrin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13395</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP Galliéni Fréjus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FREJUS</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Vauvenargues</x:t>
   </x:si>
   <x:si>
     <x:t>13100</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>LP Argensol</x:t>
   </x:si>
   <x:si>
     <x:t>84106</x:t>
   </x:si>
   <x:si>
     <x:t>ORANGE Cedex</x:t>
   </x:si>
   <x:si>
     <x:t>BTS conception et réalisation en chaudronnerie industrielle</x:t>
-  </x:si>
-[...25 lines deleted...]
-    <x:t>FREJUS</x:t>
   </x:si>
   <x:si>
     <x:t>LP Don Bosco</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie de Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>CCIV</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie de Vaucluse - Antenne Pertuis</x:t>
   </x:si>
   <x:si>
     <x:t>84120</x:t>
   </x:si>
   <x:si>
     <x:t>PERTUIS</x:t>
   </x:si>
@@ -2405,216 +2405,217 @@
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
         <x:v>509245</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
-        <x:v>38337</x:v>
+        <x:v>39514</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
+      <x:c r="E21" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G21" s="0" t="s">
-        <x:v>56</x:v>
-[...2 lines deleted...]
-        <x:v>57</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
-        <x:v>22387</x:v>
+        <x:v>22254</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>623310</x:v>
+        <x:v>493113</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
-        <x:v>39514</x:v>
+        <x:v>37405</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
-      <x:c r="E22" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
-        <x:v>22254</x:v>
+        <x:v>23083</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>493113</x:v>
+        <x:v>493605</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
-        <x:v>37405</x:v>
+        <x:v>38337</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="H23" s="0" t="s">
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
-        <x:v>23083</x:v>
+        <x:v>22387</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>493605</x:v>
+        <x:v>623310</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>38568</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I24" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
@@ -2637,328 +2638,329 @@
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
         <x:v>509805</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
-        <x:v>39514</x:v>
+        <x:v>38432</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="E25" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="H25" s="0" t="s">
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
-        <x:v>22254</x:v>
+        <x:v>22871</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>504934</x:v>
+        <x:v>515650</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
-        <x:v>38432</x:v>
+        <x:v>39514</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
-        <x:v>56</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
-        <x:v>22871</x:v>
+        <x:v>22254</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>515650</x:v>
+        <x:v>504934</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
-        <x:v>37405</x:v>
+        <x:v>38432</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
-        <x:v>23083</x:v>
+        <x:v>22871</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>572446</x:v>
+        <x:v>509240</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
-        <x:v>38568</x:v>
+        <x:v>37405</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I28" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>558626</x:v>
+        <x:v>572446</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
-        <x:v>38432</x:v>
+        <x:v>38568</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
-        <x:v>22871</x:v>
+        <x:v>23083</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>509240</x:v>
+        <x:v>558626</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
@@ -4441,505 +4443,505 @@
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>548356</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
-        <x:v>54</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
-        <x:v>38337</x:v>
+        <x:v>37405</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
-      <x:c r="E56" s="14" t="s"/>
+      <x:c r="E56" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I56" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
-        <x:v>22387</x:v>
+        <x:v>23083</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>623312</x:v>
+        <x:v>550243</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
-        <x:v>37405</x:v>
+        <x:v>39514</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="E57" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
-        <x:v>24</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
-        <x:v>23083</x:v>
+        <x:v>22254</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>550243</x:v>
+        <x:v>547432</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
-        <x:v>39514</x:v>
+        <x:v>38337</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
-      <x:c r="E58" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
-        <x:v>32</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
-        <x:v>22254</x:v>
+        <x:v>22387</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
-        <x:v>32</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>547432</x:v>
+        <x:v>623305</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="H59" s="0" t="s">
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>623305</x:v>
+        <x:v>623312</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I60" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>556768</x:v>
+        <x:v>550210</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
-        <x:v>38432</x:v>
+        <x:v>38337</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
-        <x:v>56</x:v>
-[...2 lines deleted...]
-        <x:v>57</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
-        <x:v>22871</x:v>
+        <x:v>22387</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>541902</x:v>
+        <x:v>540871</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
-        <x:v>24</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I62" s="16" t="s">
-        <x:v>26</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>550206</x:v>
+        <x:v>556768</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
-        <x:v>38337</x:v>
+        <x:v>38432</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="H63" s="0" t="s">
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
-        <x:v>22387</x:v>
+        <x:v>22871</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>540871</x:v>
+        <x:v>541902</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>24</x:v>
@@ -4947,60 +4949,60 @@
       <x:c r="H64" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I64" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
-        <x:v>32</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>550210</x:v>
+        <x:v>550206</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>38432</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
@@ -5820,137 +5822,137 @@
       <x:c r="R79" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>575481</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C80" s="15" t="s"/>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="I80" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s"/>
       <x:c r="K80" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>23084</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>574355</x:v>
+        <x:v>574347</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C81" s="3" t="s"/>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>23084</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>574347</x:v>
+        <x:v>574355</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>39514</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>32</x:v>
@@ -5979,1918 +5981,1919 @@
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>606940</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
-        <x:v>38727</x:v>
+        <x:v>38337</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="E83" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H83" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
-        <x:v>22478</x:v>
+        <x:v>22387</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>604031</x:v>
+        <x:v>605644</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
-        <x:v>141</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
-      <x:c r="E84" s="14" t="s"/>
+      <x:c r="E84" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
-        <x:v>143</x:v>
-[...1 lines deleted...]
-      <x:c r="H84" s="14" t="s"/>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H84" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="I84" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>595769</x:v>
+        <x:v>605645</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="Q85" s="4" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="R85" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="Q85" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>595771</x:v>
+        <x:v>595769</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
-        <x:v>39514</x:v>
+        <x:v>38337</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
-        <x:v>22254</x:v>
+        <x:v>22387</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>593081</x:v>
+        <x:v>595771</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>39514</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>22254</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="Q87" s="4" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="R87" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
-      <x:c r="Q87" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>593082</x:v>
+        <x:v>593081</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>39514</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>22254</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="Q88" s="16" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="R88" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="Q88" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>593085</x:v>
+        <x:v>593082</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
-        <x:v>38568</x:v>
+        <x:v>39514</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
-        <x:v>23026</x:v>
+        <x:v>22254</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="P89" s="0" t="s">
+        <x:v>158</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>616023</x:v>
+        <x:v>593085</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>38568</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
-        <x:v>23083</x:v>
+        <x:v>23026</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
-        <x:v>43</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="P90" s="14" t="s"/>
       <x:c r="Q90" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>595522</x:v>
+        <x:v>616023</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>38568</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>595523</x:v>
+        <x:v>595522</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
-        <x:v>54</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
-        <x:v>38337</x:v>
+        <x:v>38568</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
-        <x:v>165</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
-        <x:v>22387</x:v>
+        <x:v>23083</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>623313</x:v>
+        <x:v>595523</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
-        <x:v>39514</x:v>
+        <x:v>40801</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
+      <x:c r="E93" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G93" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H93" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
-        <x:v>22254</x:v>
+        <x:v>23083</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>581440</x:v>
+        <x:v>605737</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
-        <x:v>40801</x:v>
+        <x:v>38337</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
-      <x:c r="E94" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
-        <x:v>24</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="I94" s="16" t="s">
-        <x:v>26</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
-        <x:v>23083</x:v>
+        <x:v>22387</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
-        <x:v>24</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
-        <x:v>26</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>605737</x:v>
+        <x:v>623313</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
-        <x:v>38432</x:v>
+        <x:v>39514</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
-      <x:c r="E95" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G95" s="0" t="s">
-        <x:v>47</x:v>
-[...2 lines deleted...]
-        <x:v>48</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
-        <x:v>22871</x:v>
+        <x:v>22254</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>604169</x:v>
+        <x:v>581440</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
-        <x:v>39514</x:v>
+        <x:v>38337</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
-        <x:v>22254</x:v>
+        <x:v>22387</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>604386</x:v>
+        <x:v>604350</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
-        <x:v>38337</x:v>
+        <x:v>38432</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="E97" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
-        <x:v>22387</x:v>
+        <x:v>22871</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>605644</x:v>
+        <x:v>604169</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
-        <x:v>38337</x:v>
+        <x:v>39514</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
-        <x:v>24</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
-        <x:v>26</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
-        <x:v>22387</x:v>
+        <x:v>22254</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
-        <x:v>32</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>605645</x:v>
+        <x:v>604386</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
-        <x:v>38727</x:v>
+        <x:v>38337</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
-      <x:c r="E99" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G99" s="0" t="s">
-        <x:v>87</x:v>
-[...2 lines deleted...]
-        <x:v>88</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
-        <x:v>22478</x:v>
+        <x:v>22387</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>620910</x:v>
+        <x:v>595770</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="I100" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>620183</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
-        <x:v>38337</x:v>
+        <x:v>38568</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
-      <x:c r="E101" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G101" s="0" t="s">
-        <x:v>24</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
-        <x:v>22387</x:v>
+        <x:v>23083</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>605642</x:v>
+        <x:v>595526</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
-        <x:v>39514</x:v>
+        <x:v>38568</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
-        <x:v>22254</x:v>
+        <x:v>23026</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>593084</x:v>
+        <x:v>595679</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
-        <x:v>38568</x:v>
+        <x:v>38337</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="H103" s="0" t="s">
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
-        <x:v>23083</x:v>
+        <x:v>22387</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>595524</x:v>
+        <x:v>623311</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
-        <x:v>141</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
-        <x:v>37405</x:v>
+        <x:v>38337</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
-        <x:v>23083</x:v>
+        <x:v>22387</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>594144</x:v>
+        <x:v>581434</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
-        <x:v>38337</x:v>
+        <x:v>39514</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
-        <x:v>22387</x:v>
+        <x:v>22254</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>595770</x:v>
+        <x:v>593083</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
-        <x:v>38568</x:v>
+        <x:v>38432</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
-        <x:v>23083</x:v>
+        <x:v>22871</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>595526</x:v>
+        <x:v>593087</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
-        <x:v>38337</x:v>
+        <x:v>38727</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
+      <x:c r="E107" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G107" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
-        <x:v>22387</x:v>
+        <x:v>22478</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>623311</x:v>
+        <x:v>620910</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
-        <x:v>54</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
-      <x:c r="E108" s="14" t="s"/>
+      <x:c r="E108" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
-        <x:v>70</x:v>
-[...1 lines deleted...]
-      <x:c r="H108" s="14" t="s"/>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H108" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="I108" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>581434</x:v>
+        <x:v>605642</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
-        <x:v>39514</x:v>
+        <x:v>38727</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
+      <x:c r="E109" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G109" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
-        <x:v>22254</x:v>
+        <x:v>22478</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>593083</x:v>
+        <x:v>604031</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
-        <x:v>38432</x:v>
+        <x:v>39514</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
-        <x:v>22871</x:v>
+        <x:v>22254</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>593087</x:v>
+        <x:v>593084</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>38568</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
-        <x:v>23026</x:v>
+        <x:v>23083</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>595679</x:v>
+        <x:v>595524</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
-        <x:v>38568</x:v>
+        <x:v>37405</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
-      <x:c r="E112" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
-        <x:v>87</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>620943</x:v>
+        <x:v>594144</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
-        <x:v>38727</x:v>
+        <x:v>38568</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="E113" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="H113" s="0" t="s">
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
-        <x:v>22478</x:v>
+        <x:v>23083</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>603325</x:v>
+        <x:v>620943</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
-        <x:v>141</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
-        <x:v>38568</x:v>
+        <x:v>38727</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
-      <x:c r="E114" s="14" t="s"/>
+      <x:c r="E114" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
-        <x:v>23026</x:v>
+        <x:v>22478</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>595680</x:v>
+        <x:v>603325</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
-        <x:v>38337</x:v>
+        <x:v>38568</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
-      <x:c r="E115" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G115" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
-        <x:v>22387</x:v>
+        <x:v>23026</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>604350</x:v>
+        <x:v>595680</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>24</x:v>
@@ -7913,51 +7916,51 @@
       <x:c r="M116" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>605641</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="E117" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H117" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -8105,243 +8108,243 @@
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>623306</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="I120" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>620185</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>595772</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>38568</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>595525</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>38568</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>23026</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>595677</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
@@ -8378,91 +8381,91 @@
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>620954</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>38568</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>23026</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>595678</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
@@ -8790,179 +8793,179 @@
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>602863</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
         <x:v>595768</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>38568</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
         <x:v>616021</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s"/>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s"/>
       <x:c r="Q134" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
         <x:v>616024</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>140</x:v>
@@ -9113,164 +9116,165 @@
       <x:c r="K137" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>623307</x:v>
+        <x:v>588513</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
-        <x:v>38337</x:v>
+        <x:v>37405</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
-      <x:c r="E138" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
-        <x:v>22387</x:v>
+        <x:v>23083</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>604611</x:v>
+        <x:v>588517</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
-        <x:v>37405</x:v>
+        <x:v>38337</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
+      <x:c r="E139" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G139" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
-        <x:v>23083</x:v>
+        <x:v>22387</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
-        <x:v>588517</x:v>
+        <x:v>604611</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s"/>
@@ -9283,51 +9287,51 @@
       <x:c r="K140" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
-        <x:v>588513</x:v>
+        <x:v>623307</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>40801</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="E141" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
@@ -9705,144 +9709,144 @@
       </x:c>
       <x:c r="S147" s="0" t="n">
         <x:v>618227</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>34858</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s"/>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="I148" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K148" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
-        <x:v>575400</x:v>
+        <x:v>575482</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>34858</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="H149" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
-        <x:v>575482</x:v>
+        <x:v>575400</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 