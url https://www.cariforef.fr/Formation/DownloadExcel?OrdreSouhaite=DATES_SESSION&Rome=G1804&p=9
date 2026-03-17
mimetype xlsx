--- v0 (2026-03-17)
+++ v1 (2026-03-17)
@@ -704,54 +704,54 @@
   <x:si>
     <x:t>10/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/19/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/29/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>04/16/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/12/2027 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>04/16/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/26/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
@@ -4063,221 +4063,221 @@
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>583179</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
-        <x:v>48</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
-      <x:c r="E50" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
-        <x:v>51</x:v>
-[...1 lines deleted...]
-      <x:c r="H50" s="14" t="s"/>
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="H50" s="14" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="I50" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>21511</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>599286</x:v>
+        <x:v>600523</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
+      <x:c r="E51" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
       <x:c r="G51" s="0" t="s">
-        <x:v>43</x:v>
-[...2 lines deleted...]
-        <x:v>37</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>21511</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>603446</x:v>
+        <x:v>599286</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I52" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>21511</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>600523</x:v>
+        <x:v>603446</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -7694,51 +7694,51 @@
       <x:c r="K112" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>21511</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>601903</x:v>
+        <x:v>601877</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
@@ -7751,51 +7751,51 @@
       <x:c r="K113" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>21511</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>601877</x:v>
+        <x:v>601903</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s">