--- v2 (2026-03-16)
+++ v3 (2026-03-16)
@@ -1610,86 +1610,86 @@
   <x:si>
     <x:t>LP École libre des métiers</x:t>
   </x:si>
   <x:si>
     <x:t>LP Ecole libre des métiers</x:t>
   </x:si>
   <x:si>
     <x:t>Certificat de spécialisation technicien en énergies renouvelables option A : énergie électrique</x:t>
   </x:si>
   <x:si>
     <x:t>LP St-Henri</x:t>
   </x:si>
   <x:si>
     <x:t>LP P et L Poutrain</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Pierre et Marie Curie</x:t>
   </x:si>
   <x:si>
     <x:t>06500</x:t>
   </x:si>
   <x:si>
     <x:t>MENTON</x:t>
   </x:si>
   <x:si>
+    <x:t>Chambre de Commerce et d'Industrie de Vaucluse</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CCIV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Académie Vaucluse Provence Industries - Antenne Avignon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84140</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MONTFAVET</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP Domaine d'Eguilles</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84271</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VEDENE CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>LP L Blériot</x:t>
   </x:si>
   <x:si>
     <x:t>13700</x:t>
   </x:si>
   <x:si>
-    <x:t>Chambre de Commerce et d'Industrie de Vaucluse</x:t>
-[...28 lines deleted...]
-  <x:si>
     <x:t>Chambre de Commerce et d'Industrie de Vaucluse - Antenne Montfavet</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée G Cisson</x:t>
   </x:si>
   <x:si>
     <x:t>83100</x:t>
   </x:si>
   <x:si>
     <x:t>11/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LP G Eiffel</x:t>
   </x:si>
   <x:si>
     <x:t>13682</x:t>
   </x:si>
   <x:si>
     <x:t>AUBAGNE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Professionnel Golf Hôtel</x:t>
   </x:si>
   <x:si>
     <x:t>83400</x:t>
@@ -1715,144 +1715,144 @@
   <x:si>
     <x:t>GAP CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/26/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>01/13/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>01/13/2028 00:00:00</x:t>
+    <x:t>10/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/23/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/23/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Habilitation à la conduite et à la maintenance d'autoclaves (conformément à l'arrêté ministériel du 20 novembre 2017) - APA020</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>10/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>CQP Installateur mainteneur en systèmes solaires thermiques et photovoltaïques</x:t>
   </x:si>
   <x:si>
-    <x:t>10/05/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>06/17/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>10/12/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>10/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/05/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/07/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/04/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>07/19/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>05/05/2027 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>07/19/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/11/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/22/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/18/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/26/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/22/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/28/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/11/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/24/2027 00:00:00</x:t>
   </x:si>
@@ -3316,213 +3316,212 @@
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
         <x:v>498574</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
-        <x:v>38305</x:v>
+        <x:v>35189</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="E17" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
-        <x:v>35</x:v>
-[...2 lines deleted...]
-        <x:v>36</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>498578</x:v>
+        <x:v>495923</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
-        <x:v>35189</x:v>
+        <x:v>38305</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
-        <x:v>87</x:v>
-[...1 lines deleted...]
-      <x:c r="H18" s="14" t="s"/>
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="H18" s="14" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="I18" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>495924</x:v>
+        <x:v>498578</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="E19" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>495923</x:v>
+        <x:v>495924</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>98</x:v>
@@ -9391,303 +9390,303 @@
       <x:c r="G121" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>603235</x:v>
+        <x:v>548283</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
-        <x:v>38305</x:v>
+        <x:v>38726</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
-        <x:v>22671</x:v>
+        <x:v>22697</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
-        <x:v>548283</x:v>
+        <x:v>548358</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
-        <x:v>38726</x:v>
+        <x:v>38305</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="E123" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
-        <x:v>22697</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
-        <x:v>548358</x:v>
+        <x:v>603235</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
-        <x:v>38305</x:v>
+        <x:v>38306</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I124" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
-        <x:v>22671</x:v>
+        <x:v>22685</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
-        <x:v>548819</x:v>
+        <x:v>556786</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
-        <x:v>38306</x:v>
+        <x:v>38305</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="E125" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
-        <x:v>22685</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
-        <x:v>556786</x:v>
+        <x:v>548819</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="I126" s="16" t="s">
         <x:v>172</x:v>
@@ -12976,90 +12975,92 @@
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
         <x:v>599745</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
-        <x:v>300</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="C184" s="15" t="s"/>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
-        <x:v>295</x:v>
-[...1 lines deleted...]
-      <x:c r="H184" s="14" t="s"/>
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="H184" s="14" t="s">
+        <x:v>177</x:v>
+      </x:c>
       <x:c r="I184" s="16" t="s">
-        <x:v>296</x:v>
-[...4 lines deleted...]
-      </x:c>
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J184" s="14" t="s">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="K184" s="14" t="s"/>
       <x:c r="L184" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
-        <x:v>22635</x:v>
+        <x:v>24049</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
-        <x:v>296</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
-        <x:v>313</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
-        <x:v>609609</x:v>
+        <x:v>613257</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="C185" s="3" t="s"/>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="H185" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>108</x:v>
@@ -13668,89 +13669,86 @@
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
         <x:v>609603</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="C197" s="3" t="s"/>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="G197" s="0" t="s">
-        <x:v>308</x:v>
-[...2 lines deleted...]
-        <x:v>177</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
-        <x:v>53</x:v>
-[...2 lines deleted...]
-        <x:v>147</x:v>
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="K197" s="0" t="s">
+        <x:v>301</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
-        <x:v>24049</x:v>
+        <x:v>22635</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
-        <x:v>613257</x:v>
+        <x:v>609609</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="C198" s="15" t="s"/>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s"/>
       <x:c r="I198" s="16" t="s">
         <x:v>296</x:v>
@@ -22106,97 +22104,99 @@
       </x:c>
       <x:c r="O347" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P347" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="Q347" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="R347" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="S347" s="0" t="n">
         <x:v>603261</x:v>
       </x:c>
       <x:c r="T347" s="4" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="U347" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:21">
       <x:c r="A348" s="13" t="s">
-        <x:v>488</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B348" s="14" t="s">
-        <x:v>494</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C348" s="15" t="n">
-        <x:v>35845</x:v>
+        <x:v>38305</x:v>
       </x:c>
       <x:c r="D348" s="15" t="s"/>
-      <x:c r="E348" s="14" t="s"/>
+      <x:c r="E348" s="14" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="F348" s="14" t="s"/>
       <x:c r="G348" s="14" t="s">
-        <x:v>513</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H348" s="14" t="s"/>
       <x:c r="I348" s="16" t="s">
-        <x:v>514</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J348" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K348" s="14" t="s">
-        <x:v>491</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L348" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M348" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N348" s="15" t="n">
-        <x:v>22635</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O348" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P348" s="14" t="s">
-        <x:v>513</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="Q348" s="16" t="s">
-        <x:v>514</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="R348" s="14" t="s">
-        <x:v>273</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="S348" s="14" t="n">
-        <x:v>596325</x:v>
+        <x:v>603237</x:v>
       </x:c>
       <x:c r="T348" s="16" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="U348" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:21">
       <x:c r="A349" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C349" s="3" t="n">
         <x:v>38306</x:v>
       </x:c>
       <x:c r="D349" s="3" t="s"/>
       <x:c r="E349" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G349" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
@@ -22234,84 +22234,84 @@
         <x:v>603388</x:v>
       </x:c>
       <x:c r="T349" s="4" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="U349" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:21">
       <x:c r="A350" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B350" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C350" s="15" t="n">
         <x:v>39223</x:v>
       </x:c>
       <x:c r="D350" s="15" t="s"/>
       <x:c r="E350" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F350" s="14" t="s"/>
       <x:c r="G350" s="14" t="s">
-        <x:v>515</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="H350" s="14" t="s">
-        <x:v>516</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="I350" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J350" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K350" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L350" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M350" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N350" s="15" t="n">
         <x:v>22675</x:v>
       </x:c>
       <x:c r="O350" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="P350" s="14" t="s">
+        <x:v>515</x:v>
+      </x:c>
+      <x:c r="Q350" s="16" t="s">
+        <x:v>516</x:v>
+      </x:c>
+      <x:c r="R350" s="14" t="s">
         <x:v>517</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>519</x:v>
       </x:c>
       <x:c r="S350" s="14" t="n">
         <x:v>602341</x:v>
       </x:c>
       <x:c r="T350" s="16" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="U350" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:21">
       <x:c r="A351" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C351" s="3" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D351" s="3" t="s"/>
       <x:c r="E351" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
@@ -22336,51 +22336,51 @@
       <x:c r="M351" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N351" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O351" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P351" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="Q351" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R351" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S351" s="0" t="n">
         <x:v>609383</x:v>
       </x:c>
       <x:c r="T351" s="4" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="U351" s="4" t="s">
-        <x:v>520</x:v>
+        <x:v>518</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:21">
       <x:c r="A352" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B352" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C352" s="15" t="n">
         <x:v>35845</x:v>
       </x:c>
       <x:c r="D352" s="15" t="s"/>
       <x:c r="E352" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F352" s="14" t="s"/>
       <x:c r="G352" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H352" s="14" t="s"/>
       <x:c r="I352" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J352" s="14" t="s">
@@ -22472,82 +22472,82 @@
       </x:c>
       <x:c r="S353" s="0" t="n">
         <x:v>604759</x:v>
       </x:c>
       <x:c r="T353" s="4" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="U353" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:21">
       <x:c r="A354" s="13" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="B354" s="14" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="C354" s="15" t="n">
         <x:v>38306</x:v>
       </x:c>
       <x:c r="D354" s="15" t="s"/>
       <x:c r="E354" s="14" t="s"/>
       <x:c r="F354" s="14" t="s"/>
       <x:c r="G354" s="14" t="s">
-        <x:v>521</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="H354" s="14" t="s"/>
       <x:c r="I354" s="16" t="s">
-        <x:v>522</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="J354" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K354" s="14" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="L354" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M354" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N354" s="15" t="n">
         <x:v>22685</x:v>
       </x:c>
       <x:c r="O354" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P354" s="14" t="s">
+        <x:v>519</x:v>
+      </x:c>
+      <x:c r="Q354" s="16" t="s">
+        <x:v>520</x:v>
+      </x:c>
+      <x:c r="R354" s="14" t="s">
         <x:v>521</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>523</x:v>
       </x:c>
       <x:c r="S354" s="14" t="n">
         <x:v>597556</x:v>
       </x:c>
       <x:c r="T354" s="16" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="U354" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:21">
       <x:c r="A355" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C355" s="3" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D355" s="3" t="s"/>
       <x:c r="E355" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
@@ -22744,51 +22744,51 @@
       <x:c r="M358" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N358" s="15" t="n">
         <x:v>22685</x:v>
       </x:c>
       <x:c r="O358" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P358" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="Q358" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R358" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S358" s="14" t="n">
         <x:v>620942</x:v>
       </x:c>
       <x:c r="T358" s="16" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="U358" s="16" t="s">
-        <x:v>524</x:v>
+        <x:v>522</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:21">
       <x:c r="A359" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C359" s="3" t="n">
         <x:v>37919</x:v>
       </x:c>
       <x:c r="D359" s="3" t="s"/>
       <x:c r="E359" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G359" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H359" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I359" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
@@ -23167,79 +23167,79 @@
       </x:c>
       <x:c r="S365" s="0" t="n">
         <x:v>604757</x:v>
       </x:c>
       <x:c r="T365" s="4" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="U365" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:21">
       <x:c r="A366" s="13" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="B366" s="14" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="C366" s="15" t="n">
         <x:v>38306</x:v>
       </x:c>
       <x:c r="D366" s="15" t="s"/>
       <x:c r="E366" s="14" t="s"/>
       <x:c r="F366" s="14" t="s"/>
       <x:c r="G366" s="14" t="s">
-        <x:v>513</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="H366" s="14" t="s"/>
       <x:c r="I366" s="16" t="s">
-        <x:v>514</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="J366" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K366" s="14" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="L366" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M366" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N366" s="15" t="n">
         <x:v>22685</x:v>
       </x:c>
       <x:c r="O366" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P366" s="14" t="s">
-        <x:v>513</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="Q366" s="16" t="s">
-        <x:v>514</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="R366" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="S366" s="14" t="n">
         <x:v>597554</x:v>
       </x:c>
       <x:c r="T366" s="16" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="U366" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:21">
       <x:c r="A367" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C367" s="3" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D367" s="3" t="s"/>
@@ -23283,84 +23283,84 @@
         <x:v>604006</x:v>
       </x:c>
       <x:c r="T367" s="4" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="U367" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:21">
       <x:c r="A368" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B368" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C368" s="15" t="n">
         <x:v>39223</x:v>
       </x:c>
       <x:c r="D368" s="15" t="s"/>
       <x:c r="E368" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F368" s="14" t="s"/>
       <x:c r="G368" s="14" t="s">
-        <x:v>515</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="H368" s="14" t="s">
-        <x:v>516</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="I368" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J368" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K368" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L368" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M368" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N368" s="15" t="n">
         <x:v>22675</x:v>
       </x:c>
       <x:c r="O368" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="P368" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="Q368" s="16" t="s">
-        <x:v>518</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="R368" s="14" t="s">
-        <x:v>519</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="S368" s="14" t="n">
         <x:v>602879</x:v>
       </x:c>
       <x:c r="T368" s="16" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="U368" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:21">
       <x:c r="A369" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C369" s="3" t="n">
         <x:v>37919</x:v>
       </x:c>
       <x:c r="D369" s="3" t="s"/>
       <x:c r="E369" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
@@ -23390,2070 +23390,2069 @@
       </x:c>
       <x:c r="P369" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="Q369" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R369" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="S369" s="0" t="n">
         <x:v>603190</x:v>
       </x:c>
       <x:c r="T369" s="4" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="U369" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:21">
       <x:c r="A370" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B370" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C370" s="15" t="n">
-        <x:v>35845</x:v>
+        <x:v>38726</x:v>
       </x:c>
       <x:c r="D370" s="15" t="s"/>
       <x:c r="E370" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F370" s="14" t="s"/>
       <x:c r="G370" s="14" t="s">
-        <x:v>56</x:v>
-[...1 lines deleted...]
-      <x:c r="H370" s="14" t="s"/>
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="H370" s="14" t="s">
+        <x:v>120</x:v>
+      </x:c>
       <x:c r="I370" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="J370" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K370" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L370" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M370" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N370" s="15" t="n">
-        <x:v>22635</x:v>
+        <x:v>22697</x:v>
       </x:c>
       <x:c r="O370" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="P370" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="Q370" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="R370" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S370" s="14" t="n">
-        <x:v>603303</x:v>
+        <x:v>620914</x:v>
       </x:c>
       <x:c r="T370" s="16" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="U370" s="16" t="s">
-        <x:v>500</x:v>
+        <x:v>522</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:21">
       <x:c r="A371" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C371" s="3" t="n">
-        <x:v>38726</x:v>
+        <x:v>38306</x:v>
       </x:c>
       <x:c r="D371" s="3" t="s"/>
       <x:c r="E371" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G371" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I371" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J371" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K371" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L371" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M371" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N371" s="3" t="n">
-        <x:v>22697</x:v>
+        <x:v>22685</x:v>
       </x:c>
       <x:c r="O371" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="P371" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="Q371" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="R371" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="S371" s="0" t="n">
-        <x:v>603326</x:v>
+        <x:v>604008</x:v>
       </x:c>
       <x:c r="T371" s="4" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="U371" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:21">
       <x:c r="A372" s="13" t="s">
-        <x:v>32</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="B372" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="C372" s="15" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D372" s="15" t="s"/>
-      <x:c r="E372" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E372" s="14" t="s"/>
       <x:c r="F372" s="14" t="s"/>
       <x:c r="G372" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="H372" s="14" t="s"/>
       <x:c r="I372" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="J372" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K372" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="L372" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M372" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N372" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O372" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P372" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="Q372" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="R372" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S372" s="14" t="n">
-        <x:v>603386</x:v>
+        <x:v>593095</x:v>
       </x:c>
       <x:c r="T372" s="16" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="U372" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:21">
       <x:c r="A373" s="1" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="C373" s="3" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D373" s="3" t="s"/>
       <x:c r="G373" s="0" t="s">
-        <x:v>526</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="I373" s="4" t="s">
-        <x:v>527</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="J373" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K373" s="0" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="L373" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M373" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N373" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O373" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P373" s="0" t="s">
-        <x:v>526</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="Q373" s="4" t="s">
-        <x:v>527</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="R373" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="S373" s="0" t="n">
-        <x:v>593095</x:v>
+        <x:v>593098</x:v>
       </x:c>
       <x:c r="T373" s="4" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="U373" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:21">
       <x:c r="A374" s="13" t="s">
-        <x:v>488</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B374" s="14" t="s">
-        <x:v>489</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="C374" s="15" t="n">
-        <x:v>38305</x:v>
+        <x:v>36648</x:v>
       </x:c>
       <x:c r="D374" s="15" t="s"/>
       <x:c r="E374" s="14" t="s"/>
       <x:c r="F374" s="14" t="s"/>
       <x:c r="G374" s="14" t="s">
-        <x:v>497</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="H374" s="14" t="s"/>
       <x:c r="I374" s="16" t="s">
-        <x:v>498</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J374" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K374" s="14" t="s">
-        <x:v>491</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="L374" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M374" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N374" s="15" t="n">
-        <x:v>22671</x:v>
+        <x:v>24049</x:v>
       </x:c>
       <x:c r="O374" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P374" s="14" t="s">
-        <x:v>497</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="Q374" s="16" t="s">
-        <x:v>498</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R374" s="14" t="s">
-        <x:v>499</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="S374" s="14" t="n">
-        <x:v>593098</x:v>
+        <x:v>622193</x:v>
       </x:c>
       <x:c r="T374" s="16" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="U374" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>528</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:21">
       <x:c r="A375" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
-        <x:v>464</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="C375" s="3" t="n">
-        <x:v>36648</x:v>
+        <x:v>38306</x:v>
       </x:c>
       <x:c r="D375" s="3" t="s"/>
       <x:c r="G375" s="0" t="s">
-        <x:v>373</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="I375" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="J375" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K375" s="0" t="s">
-        <x:v>465</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="L375" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M375" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N375" s="3" t="n">
-        <x:v>24049</x:v>
+        <x:v>22685</x:v>
       </x:c>
       <x:c r="O375" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="P375" s="0" t="s">
-        <x:v>373</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="Q375" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="R375" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="S375" s="0" t="n">
-        <x:v>622193</x:v>
+        <x:v>597558</x:v>
       </x:c>
       <x:c r="T375" s="4" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="U375" s="4" t="s">
-        <x:v>528</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:21">
       <x:c r="A376" s="13" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="B376" s="14" t="s">
-        <x:v>501</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="C376" s="15" t="n">
-        <x:v>38306</x:v>
+        <x:v>35845</x:v>
       </x:c>
       <x:c r="D376" s="15" t="s"/>
       <x:c r="E376" s="14" t="s"/>
       <x:c r="F376" s="14" t="s"/>
       <x:c r="G376" s="14" t="s">
-        <x:v>529</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="H376" s="14" t="s"/>
       <x:c r="I376" s="16" t="s">
-        <x:v>530</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J376" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K376" s="14" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="L376" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M376" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N376" s="15" t="n">
-        <x:v>22685</x:v>
+        <x:v>22635</x:v>
       </x:c>
       <x:c r="O376" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P376" s="14" t="s">
-        <x:v>529</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="Q376" s="16" t="s">
-        <x:v>530</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R376" s="14" t="s">
-        <x:v>531</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S376" s="14" t="n">
-        <x:v>597558</x:v>
+        <x:v>596322</x:v>
       </x:c>
       <x:c r="T376" s="16" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="U376" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:21">
       <x:c r="A377" s="1" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="C377" s="3" t="n">
         <x:v>35845</x:v>
       </x:c>
       <x:c r="D377" s="3" t="s"/>
       <x:c r="G377" s="0" t="s">
-        <x:v>493</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="I377" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="J377" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K377" s="0" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="L377" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M377" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N377" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O377" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P377" s="0" t="s">
-        <x:v>493</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="Q377" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="R377" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="S377" s="0" t="n">
-        <x:v>596322</x:v>
+        <x:v>596326</x:v>
       </x:c>
       <x:c r="T377" s="4" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="U377" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:21">
       <x:c r="A378" s="13" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="B378" s="14" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="C378" s="15" t="n">
         <x:v>35845</x:v>
       </x:c>
       <x:c r="D378" s="15" t="s"/>
       <x:c r="E378" s="14" t="s"/>
       <x:c r="F378" s="14" t="s"/>
       <x:c r="G378" s="14" t="s">
-        <x:v>490</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="H378" s="14" t="s"/>
       <x:c r="I378" s="16" t="s">
-        <x:v>456</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="J378" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K378" s="14" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="L378" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M378" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N378" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O378" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P378" s="14" t="s">
-        <x:v>490</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="Q378" s="16" t="s">
-        <x:v>456</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="R378" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="S378" s="14" t="n">
-        <x:v>596326</x:v>
+        <x:v>596331</x:v>
       </x:c>
       <x:c r="T378" s="16" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="U378" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:21">
       <x:c r="A379" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
-        <x:v>494</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C379" s="3" t="n">
         <x:v>35845</x:v>
       </x:c>
       <x:c r="D379" s="3" t="s"/>
+      <x:c r="E379" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="G379" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I379" s="4" t="s">
-        <x:v>530</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J379" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K379" s="0" t="s">
-        <x:v>491</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L379" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M379" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N379" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O379" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P379" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="Q379" s="4" t="s">
-        <x:v>530</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R379" s="0" t="s">
-        <x:v>531</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S379" s="0" t="n">
-        <x:v>596331</x:v>
+        <x:v>604023</x:v>
       </x:c>
       <x:c r="T379" s="4" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="U379" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:21">
       <x:c r="A380" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B380" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="C380" s="15" t="n">
-        <x:v>35845</x:v>
+        <x:v>39297</x:v>
       </x:c>
       <x:c r="D380" s="15" t="s"/>
       <x:c r="E380" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F380" s="14" t="s"/>
       <x:c r="G380" s="14" t="s">
-        <x:v>56</x:v>
-[...1 lines deleted...]
-      <x:c r="H380" s="14" t="s"/>
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="H380" s="14" t="s">
+        <x:v>107</x:v>
+      </x:c>
       <x:c r="I380" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="J380" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K380" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L380" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M380" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N380" s="15" t="n">
-        <x:v>22635</x:v>
+        <x:v>24147</x:v>
       </x:c>
       <x:c r="O380" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="P380" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="Q380" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="R380" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="S380" s="14" t="n">
-        <x:v>604023</x:v>
+        <x:v>612047</x:v>
       </x:c>
       <x:c r="T380" s="16" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="U380" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:21">
       <x:c r="A381" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C381" s="3" t="n">
-        <x:v>39297</x:v>
+        <x:v>38305</x:v>
       </x:c>
       <x:c r="D381" s="3" t="s"/>
       <x:c r="E381" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G381" s="0" t="s">
-        <x:v>106</x:v>
-[...2 lines deleted...]
-        <x:v>107</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I381" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J381" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K381" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L381" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M381" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N381" s="3" t="n">
-        <x:v>24147</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O381" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P381" s="0" t="s">
-        <x:v>532</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="Q381" s="4" t="s">
-        <x:v>533</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R381" s="0" t="s">
-        <x:v>534</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S381" s="0" t="n">
-        <x:v>612047</x:v>
+        <x:v>604041</x:v>
       </x:c>
       <x:c r="T381" s="4" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="U381" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:21">
       <x:c r="A382" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B382" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C382" s="15" t="n">
-        <x:v>38305</x:v>
+        <x:v>39297</x:v>
       </x:c>
       <x:c r="D382" s="15" t="s"/>
       <x:c r="E382" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F382" s="14" t="s"/>
       <x:c r="G382" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H382" s="14" t="s"/>
       <x:c r="I382" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J382" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K382" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L382" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M382" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N382" s="15" t="n">
-        <x:v>22671</x:v>
+        <x:v>24147</x:v>
       </x:c>
       <x:c r="O382" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="P382" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q382" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R382" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S382" s="14" t="n">
-        <x:v>604041</x:v>
+        <x:v>604045</x:v>
       </x:c>
       <x:c r="T382" s="16" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="U382" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:21">
       <x:c r="A383" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C383" s="3" t="n">
-        <x:v>39297</x:v>
+        <x:v>38726</x:v>
       </x:c>
       <x:c r="D383" s="3" t="s"/>
       <x:c r="E383" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G383" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I383" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J383" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K383" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L383" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M383" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N383" s="3" t="n">
-        <x:v>24147</x:v>
+        <x:v>22697</x:v>
       </x:c>
       <x:c r="O383" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="P383" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="Q383" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="R383" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="S383" s="0" t="n">
-        <x:v>604045</x:v>
+        <x:v>603189</x:v>
       </x:c>
       <x:c r="T383" s="4" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="U383" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:21">
       <x:c r="A384" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B384" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C384" s="15" t="n">
-        <x:v>38726</x:v>
+        <x:v>38306</x:v>
       </x:c>
       <x:c r="D384" s="15" t="s"/>
       <x:c r="E384" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F384" s="14" t="s"/>
       <x:c r="G384" s="14" t="s">
-        <x:v>56</x:v>
-[...1 lines deleted...]
-      <x:c r="H384" s="14" t="s"/>
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="H384" s="14" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="I384" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J384" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K384" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L384" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M384" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N384" s="15" t="n">
-        <x:v>22697</x:v>
+        <x:v>22685</x:v>
       </x:c>
       <x:c r="O384" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="P384" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="Q384" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R384" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S384" s="14" t="n">
-        <x:v>603189</x:v>
+        <x:v>609474</x:v>
       </x:c>
       <x:c r="T384" s="16" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="U384" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:21">
       <x:c r="A385" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="C385" s="3" t="n">
-        <x:v>38306</x:v>
+        <x:v>35845</x:v>
       </x:c>
       <x:c r="D385" s="3" t="s"/>
-      <x:c r="E385" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G385" s="0" t="s">
-        <x:v>80</x:v>
-[...2 lines deleted...]
-        <x:v>36</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="I385" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="J385" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K385" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="L385" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M385" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N385" s="3" t="n">
-        <x:v>22685</x:v>
+        <x:v>22635</x:v>
       </x:c>
       <x:c r="O385" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P385" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="Q385" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="R385" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="S385" s="0" t="n">
-        <x:v>609474</x:v>
+        <x:v>596325</x:v>
       </x:c>
       <x:c r="T385" s="4" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="U385" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:21">
       <x:c r="A386" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B386" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C386" s="15" t="n">
-        <x:v>38305</x:v>
+        <x:v>35845</x:v>
       </x:c>
       <x:c r="D386" s="15" t="s"/>
       <x:c r="E386" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F386" s="14" t="s"/>
       <x:c r="G386" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="H386" s="14" t="s"/>
       <x:c r="I386" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J386" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K386" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L386" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M386" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N386" s="15" t="n">
-        <x:v>22671</x:v>
+        <x:v>22635</x:v>
       </x:c>
       <x:c r="O386" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P386" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="Q386" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="R386" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S386" s="14" t="n">
-        <x:v>603237</x:v>
+        <x:v>605966</x:v>
       </x:c>
       <x:c r="T386" s="16" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="U386" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:21">
       <x:c r="A387" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C387" s="3" t="n">
-        <x:v>35845</x:v>
+        <x:v>38305</x:v>
       </x:c>
       <x:c r="D387" s="3" t="s"/>
       <x:c r="E387" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G387" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I387" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J387" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K387" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L387" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M387" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N387" s="3" t="n">
-        <x:v>22635</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O387" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P387" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="Q387" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R387" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S387" s="0" t="n">
-        <x:v>605966</x:v>
+        <x:v>604040</x:v>
       </x:c>
       <x:c r="T387" s="4" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="U387" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:21">
       <x:c r="A388" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B388" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C388" s="15" t="n">
-        <x:v>38305</x:v>
+        <x:v>38306</x:v>
       </x:c>
       <x:c r="D388" s="15" t="s"/>
       <x:c r="E388" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F388" s="14" t="s"/>
       <x:c r="G388" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H388" s="14" t="s"/>
       <x:c r="I388" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J388" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K388" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L388" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M388" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N388" s="15" t="n">
-        <x:v>22671</x:v>
+        <x:v>22685</x:v>
       </x:c>
       <x:c r="O388" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="P388" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q388" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R388" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S388" s="14" t="n">
-        <x:v>604040</x:v>
+        <x:v>604043</x:v>
       </x:c>
       <x:c r="T388" s="16" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="U388" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:21">
       <x:c r="A389" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C389" s="3" t="n">
-        <x:v>38306</x:v>
+        <x:v>38305</x:v>
       </x:c>
       <x:c r="D389" s="3" t="s"/>
       <x:c r="E389" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G389" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="H389" s="0" t="s">
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I389" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J389" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K389" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L389" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M389" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N389" s="3" t="n">
-        <x:v>22685</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O389" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P389" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="Q389" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="R389" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S389" s="0" t="n">
-        <x:v>604043</x:v>
+        <x:v>604758</x:v>
       </x:c>
       <x:c r="T389" s="4" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="U389" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:21">
       <x:c r="A390" s="13" t="s">
-        <x:v>32</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="B390" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="C390" s="15" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D390" s="15" t="s"/>
-      <x:c r="E390" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E390" s="14" t="s"/>
       <x:c r="F390" s="14" t="s"/>
       <x:c r="G390" s="14" t="s">
-        <x:v>69</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="H390" s="14" t="s"/>
       <x:c r="I390" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="J390" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K390" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="L390" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M390" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N390" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O390" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P390" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="Q390" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="R390" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="S390" s="14" t="n">
-        <x:v>604758</x:v>
+        <x:v>593096</x:v>
       </x:c>
       <x:c r="T390" s="16" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="U390" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:21">
       <x:c r="A391" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
-        <x:v>489</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C391" s="3" t="n">
-        <x:v>38305</x:v>
+        <x:v>38306</x:v>
       </x:c>
       <x:c r="D391" s="3" t="s"/>
+      <x:c r="E391" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="G391" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I391" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J391" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K391" s="0" t="s">
-        <x:v>491</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L391" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M391" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N391" s="3" t="n">
-        <x:v>22671</x:v>
+        <x:v>22685</x:v>
       </x:c>
       <x:c r="O391" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="P391" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="Q391" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="R391" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="S391" s="0" t="n">
-        <x:v>593096</x:v>
+        <x:v>603172</x:v>
       </x:c>
       <x:c r="T391" s="4" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="U391" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:21">
       <x:c r="A392" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B392" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="C392" s="15" t="n">
-        <x:v>38306</x:v>
+        <x:v>39297</x:v>
       </x:c>
       <x:c r="D392" s="15" t="s"/>
       <x:c r="E392" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F392" s="14" t="s"/>
       <x:c r="G392" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H392" s="14" t="s"/>
       <x:c r="I392" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J392" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K392" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L392" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M392" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N392" s="15" t="n">
-        <x:v>22685</x:v>
+        <x:v>24147</x:v>
       </x:c>
       <x:c r="O392" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="P392" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q392" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R392" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="S392" s="14" t="n">
-        <x:v>603172</x:v>
+        <x:v>603176</x:v>
       </x:c>
       <x:c r="T392" s="16" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="U392" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:21">
       <x:c r="A393" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C393" s="3" t="n">
         <x:v>39297</x:v>
       </x:c>
       <x:c r="D393" s="3" t="s"/>
       <x:c r="E393" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G393" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="H393" s="0" t="s">
+        <x:v>36</x:v>
       </x:c>
       <x:c r="I393" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J393" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K393" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L393" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M393" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N393" s="3" t="n">
         <x:v>24147</x:v>
       </x:c>
       <x:c r="O393" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="P393" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="Q393" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="R393" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="S393" s="0" t="n">
-        <x:v>603176</x:v>
+        <x:v>609587</x:v>
       </x:c>
       <x:c r="T393" s="4" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="U393" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:21">
       <x:c r="A394" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B394" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C394" s="15" t="n">
-        <x:v>39297</x:v>
+        <x:v>38726</x:v>
       </x:c>
       <x:c r="D394" s="15" t="s"/>
       <x:c r="E394" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F394" s="14" t="s"/>
       <x:c r="G394" s="14" t="s">
-        <x:v>80</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="H394" s="14" t="s"/>
       <x:c r="I394" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J394" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K394" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L394" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M394" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N394" s="15" t="n">
-        <x:v>24147</x:v>
+        <x:v>22697</x:v>
       </x:c>
       <x:c r="O394" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="P394" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="Q394" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R394" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S394" s="14" t="n">
-        <x:v>609587</x:v>
+        <x:v>604032</x:v>
       </x:c>
       <x:c r="T394" s="16" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="U394" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:21">
       <x:c r="A395" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C395" s="3" t="n">
-        <x:v>38726</x:v>
+        <x:v>38305</x:v>
       </x:c>
       <x:c r="D395" s="3" t="s"/>
       <x:c r="E395" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G395" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I395" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J395" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K395" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L395" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M395" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N395" s="3" t="n">
-        <x:v>22697</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O395" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P395" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="Q395" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="R395" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="S395" s="0" t="n">
-        <x:v>604032</x:v>
+        <x:v>603171</x:v>
       </x:c>
       <x:c r="T395" s="4" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="U395" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:21">
       <x:c r="A396" s="13" t="s">
-        <x:v>32</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="B396" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="C396" s="15" t="n">
-        <x:v>38305</x:v>
+        <x:v>39297</x:v>
       </x:c>
       <x:c r="D396" s="15" t="s"/>
-      <x:c r="E396" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E396" s="14" t="s"/>
       <x:c r="F396" s="14" t="s"/>
       <x:c r="G396" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="H396" s="14" t="s"/>
       <x:c r="I396" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="J396" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K396" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="L396" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M396" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N396" s="15" t="n">
-        <x:v>22671</x:v>
+        <x:v>24147</x:v>
       </x:c>
       <x:c r="O396" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="P396" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="Q396" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="R396" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S396" s="14" t="n">
-        <x:v>603171</x:v>
+        <x:v>595563</x:v>
       </x:c>
       <x:c r="T396" s="16" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="U396" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:21">
       <x:c r="A397" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C397" s="3" t="n">
         <x:v>38726</x:v>
       </x:c>
       <x:c r="D397" s="3" t="s"/>
       <x:c r="E397" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G397" s="0" t="s">
-        <x:v>119</x:v>
-[...2 lines deleted...]
-        <x:v>120</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I397" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J397" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K397" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L397" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M397" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N397" s="3" t="n">
         <x:v>22697</x:v>
       </x:c>
       <x:c r="O397" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P397" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="Q397" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="R397" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="S397" s="0" t="n">
-        <x:v>620914</x:v>
+        <x:v>603124</x:v>
       </x:c>
       <x:c r="T397" s="4" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="U397" s="4" t="s">
-        <x:v>524</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:21">
       <x:c r="A398" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B398" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C398" s="15" t="n">
         <x:v>38306</x:v>
       </x:c>
       <x:c r="D398" s="15" t="s"/>
       <x:c r="E398" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F398" s="14" t="s"/>
       <x:c r="G398" s="14" t="s">
-        <x:v>56</x:v>
-[...1 lines deleted...]
-      <x:c r="H398" s="14" t="s"/>
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="H398" s="14" t="s">
+        <x:v>70</x:v>
+      </x:c>
       <x:c r="I398" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J398" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K398" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L398" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M398" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N398" s="15" t="n">
         <x:v>22685</x:v>
       </x:c>
       <x:c r="O398" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P398" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="Q398" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R398" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="S398" s="14" t="n">
-        <x:v>604008</x:v>
+        <x:v>604244</x:v>
       </x:c>
       <x:c r="T398" s="16" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="U398" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:21">
       <x:c r="A399" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
-        <x:v>535</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C399" s="3" t="n">
-        <x:v>39297</x:v>
+        <x:v>35845</x:v>
       </x:c>
       <x:c r="D399" s="3" t="s"/>
+      <x:c r="E399" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="G399" s="0" t="s">
-        <x:v>496</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I399" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J399" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K399" s="0" t="s">
-        <x:v>491</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L399" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M399" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N399" s="3" t="n">
-        <x:v>24147</x:v>
+        <x:v>22635</x:v>
       </x:c>
       <x:c r="O399" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P399" s="0" t="s">
-        <x:v>496</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="Q399" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="R399" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S399" s="0" t="n">
-        <x:v>595563</x:v>
+        <x:v>603303</x:v>
       </x:c>
       <x:c r="T399" s="4" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="U399" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>500</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:21">
       <x:c r="A400" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B400" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C400" s="15" t="n">
         <x:v>38726</x:v>
       </x:c>
       <x:c r="D400" s="15" t="s"/>
       <x:c r="E400" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F400" s="14" t="s"/>
       <x:c r="G400" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H400" s="14" t="s"/>
       <x:c r="I400" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J400" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K400" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L400" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M400" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N400" s="15" t="n">
         <x:v>22697</x:v>
       </x:c>
       <x:c r="O400" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P400" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="Q400" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="R400" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S400" s="14" t="n">
-        <x:v>603124</x:v>
+        <x:v>603326</x:v>
       </x:c>
       <x:c r="T400" s="16" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="U400" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:21">
       <x:c r="A401" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C401" s="3" t="n">
-        <x:v>38306</x:v>
+        <x:v>38305</x:v>
       </x:c>
       <x:c r="D401" s="3" t="s"/>
       <x:c r="E401" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G401" s="0" t="s">
-        <x:v>69</x:v>
-[...2 lines deleted...]
-        <x:v>70</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I401" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J401" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K401" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L401" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M401" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N401" s="3" t="n">
-        <x:v>22685</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O401" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P401" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="Q401" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="R401" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S401" s="0" t="n">
-        <x:v>604244</x:v>
+        <x:v>603386</x:v>
       </x:c>
       <x:c r="T401" s="4" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="U401" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:21">
       <x:c r="A402" s="13" t="s">
-        <x:v>345</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B402" s="14" t="s">
-        <x:v>382</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C402" s="15" t="n">
-        <x:v>35189</x:v>
+        <x:v>39223</x:v>
       </x:c>
       <x:c r="D402" s="15" t="s"/>
       <x:c r="E402" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F402" s="14" t="s"/>
       <x:c r="G402" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="H402" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="I402" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="J402" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K402" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L402" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M402" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N402" s="15" t="n">
-        <x:v>22671</x:v>
+        <x:v>22675</x:v>
       </x:c>
       <x:c r="O402" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="P402" s="14" t="s">
-        <x:v>455</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="Q402" s="16" t="s">
-        <x:v>456</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="R402" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S402" s="14" t="n">
-        <x:v>610266</x:v>
+        <x:v>601014</x:v>
       </x:c>
       <x:c r="T402" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U402" s="16" t="s">
-        <x:v>537</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:21">
       <x:c r="A403" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="C403" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D403" s="3" t="s"/>
+      <x:c r="E403" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="G403" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="H403" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="I403" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J403" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K403" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L403" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M403" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="N403" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O403" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P403" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="Q403" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="R403" s="0" t="s">
-        <x:v>538</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="S403" s="0" t="n">
-        <x:v>612082</x:v>
+        <x:v>610266</x:v>
       </x:c>
       <x:c r="T403" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U403" s="4" t="s">
-        <x:v>539</x:v>
+        <x:v>537</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:21">
       <x:c r="A404" s="13" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B404" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="C404" s="15" t="n">
-        <x:v>39223</x:v>
+        <x:v>35189</x:v>
       </x:c>
       <x:c r="D404" s="15" t="s"/>
-      <x:c r="E404" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E404" s="14" t="s"/>
       <x:c r="F404" s="14" t="s"/>
       <x:c r="G404" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="H404" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="I404" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="J404" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K404" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L404" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M404" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="N404" s="15" t="n">
-        <x:v>22675</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O404" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P404" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="Q404" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="R404" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="S404" s="14" t="n">
-        <x:v>601014</x:v>
+        <x:v>612082</x:v>
       </x:c>
       <x:c r="T404" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U404" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>539</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:21">
       <x:c r="A405" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C405" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D405" s="3" t="s"/>
       <x:c r="G405" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="H405" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="I405" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J405" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -26087,213 +26086,215 @@
       </x:c>
       <x:c r="O416" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P416" s="14" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="Q416" s="16" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="R416" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S416" s="14" t="n">
         <x:v>619482</x:v>
       </x:c>
       <x:c r="T416" s="16" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="U416" s="16" t="s">
         <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:21">
       <x:c r="A417" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
-        <x:v>384</x:v>
-[...1 lines deleted...]
-      <x:c r="C417" s="3" t="s"/>
+        <x:v>346</x:v>
+      </x:c>
+      <x:c r="C417" s="3" t="n">
+        <x:v>35231</x:v>
+      </x:c>
       <x:c r="D417" s="3" t="s"/>
+      <x:c r="E417" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="G417" s="0" t="s">
-        <x:v>385</x:v>
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="H417" s="0" t="s">
+        <x:v>216</x:v>
       </x:c>
       <x:c r="I417" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="J417" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K417" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L417" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M417" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N417" s="3" t="n">
-        <x:v>24049</x:v>
+        <x:v>22635</x:v>
       </x:c>
       <x:c r="O417" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P417" s="0" t="s">
-        <x:v>385</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="Q417" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="R417" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="S417" s="0" t="n">
-        <x:v>586836</x:v>
+        <x:v>591792</x:v>
       </x:c>
       <x:c r="T417" s="4" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="U417" s="4" t="s">
         <x:v>548</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:21">
       <x:c r="A418" s="13" t="s">
-        <x:v>345</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B418" s="14" t="s">
-        <x:v>346</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C418" s="15" t="n">
-        <x:v>35231</x:v>
+        <x:v>39873</x:v>
       </x:c>
       <x:c r="D418" s="15" t="s"/>
-      <x:c r="E418" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E418" s="14" t="s"/>
       <x:c r="F418" s="14" t="s"/>
       <x:c r="G418" s="14" t="s">
-        <x:v>215</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>342</x:v>
+      </x:c>
+      <x:c r="H418" s="14" t="s"/>
       <x:c r="I418" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="J418" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K418" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L418" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M418" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="N418" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O418" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P418" s="14" t="s">
-        <x:v>422</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="Q418" s="16" t="s">
-        <x:v>423</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="R418" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="S418" s="14" t="n">
-        <x:v>591792</x:v>
+        <x:v>611216</x:v>
       </x:c>
       <x:c r="T418" s="16" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="U418" s="16" t="s">
-        <x:v>549</x:v>
+        <x:v>448</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:21">
       <x:c r="A419" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
-        <x:v>341</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>384</x:v>
+      </x:c>
+      <x:c r="C419" s="3" t="s"/>
       <x:c r="D419" s="3" t="s"/>
       <x:c r="G419" s="0" t="s">
-        <x:v>342</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="I419" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="J419" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="K419" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L419" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M419" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="N419" s="3" t="n">
-        <x:v>22635</x:v>
+        <x:v>24049</x:v>
       </x:c>
       <x:c r="O419" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P419" s="0" t="s">
-        <x:v>342</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="Q419" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="R419" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="S419" s="0" t="n">
-        <x:v>611216</x:v>
+        <x:v>586836</x:v>
       </x:c>
       <x:c r="T419" s="4" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="U419" s="4" t="s">
-        <x:v>448</x:v>
+        <x:v>549</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:21">
       <x:c r="A420" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B420" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="C420" s="15" t="s"/>
       <x:c r="D420" s="15" t="s"/>
       <x:c r="E420" s="14" t="s"/>
       <x:c r="F420" s="14" t="s"/>
       <x:c r="G420" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="H420" s="14" t="s"/>
       <x:c r="I420" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J420" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="K420" s="14" t="s">
         <x:v>25</x:v>
@@ -26301,1125 +26302,1129 @@
       <x:c r="L420" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M420" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N420" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O420" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="P420" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="Q420" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R420" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="S420" s="14" t="n">
         <x:v>597948</x:v>
       </x:c>
       <x:c r="T420" s="16" t="s">
-        <x:v>548</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="U420" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:21">
       <x:c r="A421" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
-        <x:v>362</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="C421" s="3" t="s"/>
       <x:c r="D421" s="3" t="s"/>
       <x:c r="G421" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="I421" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J421" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="K421" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L421" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M421" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N421" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O421" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="P421" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="Q421" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R421" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="S421" s="0" t="n">
-        <x:v>597955</x:v>
+        <x:v>597873</x:v>
       </x:c>
       <x:c r="T421" s="4" t="s">
-        <x:v>548</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="U421" s="4" t="s">
-        <x:v>550</x:v>
+        <x:v>551</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:21">
       <x:c r="A422" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B422" s="14" t="s">
-        <x:v>204</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>362</x:v>
+      </x:c>
+      <x:c r="C422" s="15" t="s"/>
       <x:c r="D422" s="15" t="s"/>
       <x:c r="E422" s="14" t="s"/>
       <x:c r="F422" s="14" t="s"/>
       <x:c r="G422" s="14" t="s">
-        <x:v>179</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>363</x:v>
+      </x:c>
+      <x:c r="H422" s="14" t="s"/>
       <x:c r="I422" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J422" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="K422" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L422" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M422" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="N422" s="15" t="n">
-        <x:v>22635</x:v>
+        <x:v>24049</x:v>
       </x:c>
       <x:c r="O422" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P422" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="Q422" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="R422" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="S422" s="14" t="n">
-        <x:v>575402</x:v>
+        <x:v>597955</x:v>
       </x:c>
       <x:c r="T422" s="16" t="s">
-        <x:v>551</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="U422" s="16" t="s">
         <x:v>552</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:21">
       <x:c r="A423" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C423" s="3" t="n">
         <x:v>35231</x:v>
       </x:c>
       <x:c r="D423" s="3" t="s"/>
       <x:c r="G423" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="H423" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="I423" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J423" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K423" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L423" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M423" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="N423" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O423" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P423" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="Q423" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="R423" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="S423" s="0" t="n">
-        <x:v>575484</x:v>
+        <x:v>575402</x:v>
       </x:c>
       <x:c r="T423" s="4" t="s">
-        <x:v>551</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="U423" s="4" t="s">
-        <x:v>552</x:v>
+        <x:v>554</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:21">
       <x:c r="A424" s="13" t="s">
-        <x:v>345</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B424" s="14" t="s">
-        <x:v>382</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="C424" s="15" t="n">
-        <x:v>35189</x:v>
+        <x:v>35231</x:v>
       </x:c>
       <x:c r="D424" s="15" t="s"/>
-      <x:c r="E424" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E424" s="14" t="s"/>
       <x:c r="F424" s="14" t="s"/>
       <x:c r="G424" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="H424" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="I424" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J424" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K424" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L424" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M424" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="N424" s="15" t="n">
-        <x:v>22671</x:v>
+        <x:v>22635</x:v>
       </x:c>
       <x:c r="O424" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P424" s="14" t="s">
-        <x:v>347</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="Q424" s="16" t="s">
-        <x:v>348</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="R424" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="S424" s="14" t="n">
-        <x:v>591788</x:v>
+        <x:v>575484</x:v>
       </x:c>
       <x:c r="T424" s="16" t="s">
-        <x:v>551</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="U424" s="16" t="s">
-        <x:v>553</x:v>
+        <x:v>554</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:21">
       <x:c r="A425" s="1" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
-        <x:v>346</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="C425" s="3" t="n">
-        <x:v>35231</x:v>
+        <x:v>35189</x:v>
       </x:c>
       <x:c r="D425" s="3" t="s"/>
       <x:c r="E425" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G425" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="H425" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="I425" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J425" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K425" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L425" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M425" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N425" s="3" t="n">
-        <x:v>22635</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O425" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P425" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="Q425" s="4" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="R425" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="S425" s="0" t="n">
-        <x:v>591791</x:v>
+        <x:v>591788</x:v>
       </x:c>
       <x:c r="T425" s="4" t="s">
-        <x:v>551</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="U425" s="4" t="s">
-        <x:v>554</x:v>
+        <x:v>555</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:21">
       <x:c r="A426" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="B426" s="14" t="s">
-        <x:v>370</x:v>
-[...1 lines deleted...]
-      <x:c r="C426" s="15" t="s"/>
+        <x:v>346</x:v>
+      </x:c>
+      <x:c r="C426" s="15" t="n">
+        <x:v>35231</x:v>
+      </x:c>
       <x:c r="D426" s="15" t="s"/>
-      <x:c r="E426" s="14" t="s"/>
+      <x:c r="E426" s="14" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="F426" s="14" t="s"/>
       <x:c r="G426" s="14" t="s">
-        <x:v>363</x:v>
-[...1 lines deleted...]
-      <x:c r="H426" s="14" t="s"/>
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="H426" s="14" t="s">
+        <x:v>216</x:v>
+      </x:c>
       <x:c r="I426" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="J426" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K426" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L426" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M426" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N426" s="15" t="n">
-        <x:v>24049</x:v>
+        <x:v>22635</x:v>
       </x:c>
       <x:c r="O426" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P426" s="14" t="s">
-        <x:v>363</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="Q426" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="R426" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S426" s="14" t="n">
-        <x:v>597972</x:v>
+        <x:v>591791</x:v>
       </x:c>
       <x:c r="T426" s="16" t="s">
-        <x:v>555</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="U426" s="16" t="s">
         <x:v>556</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:21">
       <x:c r="A427" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
-        <x:v>557</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="C427" s="3" t="s"/>
       <x:c r="D427" s="3" t="s"/>
       <x:c r="G427" s="0" t="s">
-        <x:v>405</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="I427" s="4" t="s">
-        <x:v>406</x:v>
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="J427" s="0" t="s">
+        <x:v>147</x:v>
       </x:c>
       <x:c r="K427" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L427" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M427" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N427" s="3" t="n">
-        <x:v>22633</x:v>
+        <x:v>24049</x:v>
       </x:c>
       <x:c r="O427" s="0" t="s">
-        <x:v>459</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P427" s="0" t="s">
-        <x:v>405</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="Q427" s="4" t="s">
-        <x:v>406</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="R427" s="0" t="s">
-        <x:v>519</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="S427" s="0" t="n">
-        <x:v>619215</x:v>
+        <x:v>597972</x:v>
       </x:c>
       <x:c r="T427" s="4" t="s">
-        <x:v>555</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="U427" s="4" t="s">
         <x:v>558</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:21">
       <x:c r="A428" s="13" t="s">
-        <x:v>345</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B428" s="14" t="s">
-        <x:v>382</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>559</x:v>
+      </x:c>
+      <x:c r="C428" s="15" t="s"/>
       <x:c r="D428" s="15" t="s"/>
-      <x:c r="E428" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E428" s="14" t="s"/>
       <x:c r="F428" s="14" t="s"/>
       <x:c r="G428" s="14" t="s">
-        <x:v>215</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>405</x:v>
+      </x:c>
+      <x:c r="H428" s="14" t="s"/>
       <x:c r="I428" s="16" t="s">
-        <x:v>180</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>406</x:v>
+      </x:c>
+      <x:c r="J428" s="14" t="s"/>
       <x:c r="K428" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L428" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M428" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N428" s="15" t="n">
-        <x:v>22671</x:v>
+        <x:v>22633</x:v>
       </x:c>
       <x:c r="O428" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P428" s="14" t="s">
-        <x:v>347</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="Q428" s="16" t="s">
-        <x:v>348</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="R428" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="S428" s="14" t="n">
-        <x:v>591789</x:v>
+        <x:v>619215</x:v>
       </x:c>
       <x:c r="T428" s="16" t="s">
-        <x:v>555</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="U428" s="16" t="s">
-        <x:v>553</x:v>
+        <x:v>560</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:21">
       <x:c r="A429" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
-        <x:v>372</x:v>
-[...1 lines deleted...]
-      <x:c r="C429" s="3" t="s"/>
+        <x:v>382</x:v>
+      </x:c>
+      <x:c r="C429" s="3" t="n">
+        <x:v>35189</x:v>
+      </x:c>
       <x:c r="D429" s="3" t="s"/>
+      <x:c r="E429" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="G429" s="0" t="s">
-        <x:v>363</x:v>
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="H429" s="0" t="s">
+        <x:v>216</x:v>
       </x:c>
       <x:c r="I429" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="J429" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K429" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L429" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M429" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N429" s="3" t="n">
-        <x:v>24049</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O429" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P429" s="0" t="s">
-        <x:v>363</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="Q429" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="R429" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S429" s="0" t="n">
-        <x:v>597967</x:v>
+        <x:v>591789</x:v>
       </x:c>
       <x:c r="T429" s="4" t="s">
+        <x:v>557</x:v>
+      </x:c>
+      <x:c r="U429" s="4" t="s">
         <x:v>555</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>550</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:21">
       <x:c r="A430" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B430" s="14" t="s">
-        <x:v>251</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>372</x:v>
+      </x:c>
+      <x:c r="C430" s="15" t="s"/>
       <x:c r="D430" s="15" t="s"/>
       <x:c r="E430" s="14" t="s"/>
       <x:c r="F430" s="14" t="s"/>
       <x:c r="G430" s="14" t="s">
-        <x:v>179</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>363</x:v>
+      </x:c>
+      <x:c r="H430" s="14" t="s"/>
       <x:c r="I430" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J430" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="K430" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L430" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M430" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="N430" s="15" t="n">
-        <x:v>22671</x:v>
+        <x:v>24049</x:v>
       </x:c>
       <x:c r="O430" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P430" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="Q430" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="R430" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="S430" s="14" t="n">
-        <x:v>575405</x:v>
+        <x:v>597967</x:v>
       </x:c>
       <x:c r="T430" s="16" t="s">
-        <x:v>550</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="U430" s="16" t="s">
-        <x:v>383</x:v>
+        <x:v>552</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:21">
       <x:c r="A431" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="C431" s="3" t="n">
-        <x:v>38339</x:v>
+        <x:v>35189</x:v>
       </x:c>
       <x:c r="D431" s="3" t="s"/>
-      <x:c r="E431" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G431" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="H431" s="0" t="s">
+        <x:v>205</x:v>
       </x:c>
       <x:c r="I431" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="J431" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K431" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L431" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M431" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="N431" s="3" t="n">
-        <x:v>15417</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O431" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P431" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="Q431" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="R431" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S431" s="0" t="n">
-        <x:v>604368</x:v>
+        <x:v>575405</x:v>
       </x:c>
       <x:c r="T431" s="4" t="s">
-        <x:v>550</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="U431" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:21">
       <x:c r="A432" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B432" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C432" s="15" t="n">
-        <x:v>35189</x:v>
+        <x:v>38339</x:v>
       </x:c>
       <x:c r="D432" s="15" t="s"/>
-      <x:c r="E432" s="14" t="s"/>
+      <x:c r="E432" s="14" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="F432" s="14" t="s"/>
       <x:c r="G432" s="14" t="s">
-        <x:v>215</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="H432" s="14" t="s"/>
       <x:c r="I432" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J432" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K432" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L432" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M432" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="N432" s="15" t="n">
-        <x:v>22671</x:v>
+        <x:v>15417</x:v>
       </x:c>
       <x:c r="O432" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="P432" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="Q432" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="R432" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="S432" s="14" t="n">
-        <x:v>575487</x:v>
+        <x:v>604368</x:v>
       </x:c>
       <x:c r="T432" s="16" t="s">
-        <x:v>550</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="U432" s="16" t="s">
-        <x:v>383</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:21">
       <x:c r="A433" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="C433" s="3" t="n">
-        <x:v>38339</x:v>
+        <x:v>35189</x:v>
       </x:c>
       <x:c r="D433" s="3" t="s"/>
       <x:c r="G433" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="H433" s="0" t="s">
+        <x:v>216</x:v>
       </x:c>
       <x:c r="I433" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="J433" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K433" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L433" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M433" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="N433" s="3" t="n">
-        <x:v>15417</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O433" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P433" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="Q433" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="R433" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S433" s="0" t="n">
-        <x:v>588539</x:v>
+        <x:v>575487</x:v>
       </x:c>
       <x:c r="T433" s="4" t="s">
-        <x:v>550</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="U433" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:21">
       <x:c r="A434" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B434" s="14" t="s">
-        <x:v>559</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C434" s="15" t="n">
-        <x:v>37644</x:v>
+        <x:v>38339</x:v>
       </x:c>
       <x:c r="D434" s="15" t="s"/>
       <x:c r="E434" s="14" t="s"/>
       <x:c r="F434" s="14" t="s"/>
       <x:c r="G434" s="14" t="s">
-        <x:v>215</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="H434" s="14" t="s"/>
       <x:c r="I434" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J434" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K434" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L434" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M434" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N434" s="15" t="n">
-        <x:v>24146</x:v>
+        <x:v>15417</x:v>
       </x:c>
       <x:c r="O434" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="P434" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="Q434" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="R434" s="14" t="s">
-        <x:v>275</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="S434" s="14" t="n">
-        <x:v>622339</x:v>
+        <x:v>588539</x:v>
       </x:c>
       <x:c r="T434" s="16" t="s">
-        <x:v>560</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="U434" s="16" t="s">
-        <x:v>561</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:21">
       <x:c r="A435" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="C435" s="3" t="n">
         <x:v>37291</x:v>
       </x:c>
       <x:c r="D435" s="3" t="s"/>
       <x:c r="G435" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="I435" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="J435" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K435" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L435" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M435" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N435" s="3" t="n">
         <x:v>15417</x:v>
       </x:c>
       <x:c r="O435" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="P435" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="Q435" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R435" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="S435" s="0" t="n">
         <x:v>588535</x:v>
       </x:c>
       <x:c r="T435" s="4" t="s">
-        <x:v>560</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="U435" s="4" t="s">
-        <x:v>552</x:v>
+        <x:v>554</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:21">
       <x:c r="A436" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B436" s="14" t="s">
-        <x:v>559</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="C436" s="15" t="n">
         <x:v>37644</x:v>
       </x:c>
       <x:c r="D436" s="15" t="s"/>
       <x:c r="E436" s="14" t="s"/>
       <x:c r="F436" s="14" t="s"/>
       <x:c r="G436" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="H436" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="I436" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J436" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K436" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L436" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M436" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N436" s="15" t="n">
         <x:v>24146</x:v>
       </x:c>
       <x:c r="O436" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="P436" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="Q436" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="R436" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="S436" s="14" t="n">
-        <x:v>622328</x:v>
+        <x:v>622339</x:v>
       </x:c>
       <x:c r="T436" s="16" t="s">
-        <x:v>560</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="U436" s="16" t="s">
-        <x:v>561</x:v>
+        <x:v>563</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:21">
       <x:c r="A437" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="C437" s="3" t="n">
-        <x:v>37291</x:v>
+        <x:v>37644</x:v>
       </x:c>
       <x:c r="D437" s="3" t="s"/>
-      <x:c r="E437" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G437" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="H437" s="0" t="s">
+        <x:v>205</x:v>
       </x:c>
       <x:c r="I437" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="J437" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K437" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L437" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M437" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N437" s="3" t="n">
-        <x:v>15417</x:v>
+        <x:v>24146</x:v>
       </x:c>
       <x:c r="O437" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="P437" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="Q437" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="R437" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="S437" s="0" t="n">
-        <x:v>604388</x:v>
+        <x:v>622328</x:v>
       </x:c>
       <x:c r="T437" s="4" t="s">
-        <x:v>560</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="U437" s="4" t="s">
-        <x:v>552</x:v>
+        <x:v>563</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:21">
       <x:c r="A438" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B438" s="14" t="s">
-        <x:v>224</x:v>
-[...1 lines deleted...]
-      <x:c r="C438" s="15" t="s"/>
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="C438" s="15" t="n">
+        <x:v>37291</x:v>
+      </x:c>
       <x:c r="D438" s="15" t="s"/>
-      <x:c r="E438" s="14" t="s"/>
+      <x:c r="E438" s="14" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="F438" s="14" t="s"/>
       <x:c r="G438" s="14" t="s">
-        <x:v>363</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H438" s="14" t="s"/>
       <x:c r="I438" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J438" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K438" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L438" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M438" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N438" s="15" t="n">
-        <x:v>24049</x:v>
+        <x:v>15417</x:v>
       </x:c>
       <x:c r="O438" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="P438" s="14" t="s">
-        <x:v>363</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="Q438" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="R438" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="S438" s="14" t="n">
-        <x:v>597873</x:v>
+        <x:v>604388</x:v>
       </x:c>
       <x:c r="T438" s="16" t="s">
-        <x:v>562</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="U438" s="16" t="s">
-        <x:v>563</x:v>
+        <x:v>554</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:21">
       <x:c r="A439" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C439" s="3" t="s"/>
       <x:c r="D439" s="3" t="s"/>
       <x:c r="G439" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="I439" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J439" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="K439" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L439" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M439" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N439" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O439" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="P439" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="Q439" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R439" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S439" s="0" t="n">
         <x:v>597893</x:v>
       </x:c>
       <x:c r="T439" s="4" t="s">
-        <x:v>562</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="U439" s="4" t="s">
-        <x:v>563</x:v>
+        <x:v>551</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:21">
       <x:c r="A440" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B440" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C440" s="15" t="s"/>
       <x:c r="D440" s="15" t="s"/>
       <x:c r="E440" s="14" t="s"/>
       <x:c r="F440" s="14" t="s"/>
       <x:c r="G440" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="H440" s="14" t="s"/>
       <x:c r="I440" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J440" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="K440" s="14" t="s">
         <x:v>25</x:v>
@@ -27427,54 +27432,54 @@
       <x:c r="L440" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M440" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N440" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O440" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="P440" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="Q440" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R440" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="S440" s="14" t="n">
         <x:v>586837</x:v>
       </x:c>
       <x:c r="T440" s="16" t="s">
-        <x:v>562</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="U440" s="16" t="s">
-        <x:v>563</x:v>
+        <x:v>551</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:21">
       <x:c r="A441" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C441" s="3" t="s"/>
       <x:c r="D441" s="3" t="s"/>
       <x:c r="G441" s="0" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="I441" s="4" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="J441" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="K441" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L441" s="0" t="s">
         <x:v>26</x:v>
@@ -28562,151 +28567,150 @@
       </x:c>
       <x:c r="P461" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="Q461" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R461" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="S461" s="0" t="n">
         <x:v>586839</x:v>
       </x:c>
       <x:c r="T461" s="4" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="U461" s="4" t="s">
         <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:21">
       <x:c r="A462" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B462" s="14" t="s">
-        <x:v>341</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="C462" s="15" t="n">
-        <x:v>39873</x:v>
+        <x:v>35189</x:v>
       </x:c>
       <x:c r="D462" s="15" t="s"/>
       <x:c r="E462" s="14" t="s"/>
       <x:c r="F462" s="14" t="s"/>
       <x:c r="G462" s="14" t="s">
-        <x:v>342</x:v>
-[...1 lines deleted...]
-      <x:c r="H462" s="14" t="s"/>
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="H462" s="14" t="s">
+        <x:v>205</x:v>
+      </x:c>
       <x:c r="I462" s="16" t="s">
-        <x:v>343</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="J462" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K462" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L462" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M462" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="N462" s="15" t="n">
-        <x:v>22635</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O462" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P462" s="14" t="s">
-        <x:v>342</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="Q462" s="16" t="s">
-        <x:v>343</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="R462" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S462" s="14" t="n">
-        <x:v>611218</x:v>
+        <x:v>570908</x:v>
       </x:c>
       <x:c r="T462" s="16" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="U462" s="16" t="s">
         <x:v>578</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:21">
       <x:c r="A463" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C463" s="3" t="n">
-        <x:v>35189</x:v>
+        <x:v>39873</x:v>
       </x:c>
       <x:c r="D463" s="3" t="s"/>
       <x:c r="G463" s="0" t="s">
-        <x:v>179</x:v>
-[...2 lines deleted...]
-        <x:v>205</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="I463" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="J463" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K463" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L463" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M463" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="N463" s="3" t="n">
-        <x:v>22671</x:v>
+        <x:v>22635</x:v>
       </x:c>
       <x:c r="O463" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P463" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="Q463" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="R463" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="S463" s="0" t="n">
-        <x:v>570908</x:v>
+        <x:v>611218</x:v>
       </x:c>
       <x:c r="T463" s="4" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="U463" s="4" t="s">
         <x:v>579</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:21">
       <x:c r="A464" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B464" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C464" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D464" s="15" t="s"/>
       <x:c r="E464" s="14" t="s"/>
       <x:c r="F464" s="14" t="s"/>
       <x:c r="G464" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="H464" s="14" t="s">
@@ -28727,51 +28731,51 @@
       <x:c r="M464" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="N464" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O464" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P464" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="Q464" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="R464" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S464" s="14" t="n">
         <x:v>571594</x:v>
       </x:c>
       <x:c r="T464" s="16" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="U464" s="16" t="s">
-        <x:v>579</x:v>
+        <x:v>578</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:21">
       <x:c r="A465" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="C465" s="3" t="n">
         <x:v>41909</x:v>
       </x:c>
       <x:c r="D465" s="3" t="s"/>
       <x:c r="G465" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H465" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I465" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J465" s="0" t="s">
         <x:v>38</x:v>
       </x:c>