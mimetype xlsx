--- v0 (2026-03-20)
+++ v1 (2026-03-20)
@@ -224,81 +224,81 @@
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BP charpentier bois (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Charpente bois</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
     <x:t>Fondation Don Bosco Marseille - Lycée Professionnel Privé et Lycée Technologique Don Bosco</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
+    <x:t>Chambre de Métiers et de l'Artisanat de Région Provence Alpes Côte d'Azur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMAR PACA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13008</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cma Formation Gap</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GAP</x:t>
+  </x:si>
+  <x:si>
     <x:t>CAP charpentier bois (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Compétences BTP</x:t>
   </x:si>
   <x:si>
     <x:t>C BTP</x:t>
   </x:si>
   <x:si>
     <x:t>13127</x:t>
   </x:si>
   <x:si>
     <x:t>MEYREUIL</x:t>
-  </x:si>
-[...16 lines deleted...]
-    <x:t>GAP</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Alpes Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Polyvalent Alpes et Durance</x:t>
   </x:si>
   <x:si>
     <x:t>05200</x:t>
   </x:si>
   <x:si>
     <x:t>EMBRUN</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BEVONS</x:t>
   </x:si>
   <x:si>
     <x:t>Formation professionnelle continue</x:t>
   </x:si>
   <x:si>
     <x:t>BAC PRO Technicien menuisier agenceur</x:t>
   </x:si>
@@ -1786,172 +1786,172 @@
       </x:c>
       <x:c r="P6" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
         <x:v>509385</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
-        <x:v>41012</x:v>
+        <x:v>36112</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="E7" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G7" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H7" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="H7" s="0" t="s">
+      <x:c r="I7" s="4" t="s">
         <x:v>53</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>54</x:v>
       </x:c>
       <x:c r="J7" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
-        <x:v>22313</x:v>
+        <x:v>22404</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>495718</x:v>
+        <x:v>502057</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
-        <x:v>36112</x:v>
+        <x:v>41012</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="I8" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="J8" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K8" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
-        <x:v>22404</x:v>
+        <x:v>22313</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>502057</x:v>
+        <x:v>495718</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>41012</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="E9" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G9" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J9" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>30</x:v>
@@ -1979,51 +1979,51 @@
       </x:c>
       <x:c r="U9" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
         <x:v>37917</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s"/>
       <x:c r="I10" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K10" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
@@ -2036,165 +2036,165 @@
       <x:c r="T10" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="E11" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G11" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
         <x:v>547605</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
         <x:v>37917</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s"/>
       <x:c r="I12" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K12" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
         <x:v>493627</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>37916</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="E13" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G13" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>22313</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
@@ -2209,51 +2209,51 @@
       </x:c>
       <x:c r="U13" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
         <x:v>38578</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s"/>
       <x:c r="I14" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K14" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>22294</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
@@ -2266,51 +2266,51 @@
       <x:c r="T14" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>37917</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="E15" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G15" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
@@ -2369,51 +2369,51 @@
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
         <x:v>503381</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>41012</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="E17" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>29</x:v>
@@ -2841,94 +2841,94 @@
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
         <x:v>503701</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>41012</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="E25" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>22313</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
         <x:v>524101</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -3209,319 +3209,317 @@
       <x:c r="S30" s="14" t="n">
         <x:v>552666</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>38578</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>22294</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
         <x:v>543634</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
-        <x:v>79</x:v>
-[...1 lines deleted...]
-      <x:c r="H32" s="14" t="s"/>
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H32" s="14" t="s">
+        <x:v>52</x:v>
+      </x:c>
       <x:c r="I32" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>548231</x:v>
+        <x:v>552881</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="E33" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
-        <x:v>56</x:v>
-[...2 lines deleted...]
-        <x:v>57</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>552881</x:v>
+        <x:v>548885</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
-        <x:v>38</x:v>
-[...1 lines deleted...]
-      <x:c r="H34" s="14" t="s"/>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H34" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="I34" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>548885</x:v>
+        <x:v>556831</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="E35" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
-        <x:v>24</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>556831</x:v>
+        <x:v>548418</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>79</x:v>
@@ -3536,1673 +3534,1672 @@
       <x:c r="K36" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>548418</x:v>
+        <x:v>548419</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
-        <x:v>36112</x:v>
+        <x:v>41012</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="E37" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="H37" s="0" t="s">
+        <x:v>59</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
-        <x:v>22404</x:v>
+        <x:v>22313</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>548419</x:v>
+        <x:v>548501</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>41012</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
-        <x:v>52</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>22313</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>548501</x:v>
+        <x:v>548881</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
-        <x:v>41012</x:v>
+        <x:v>36112</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="E39" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
-        <x:v>22313</x:v>
+        <x:v>22404</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>548881</x:v>
+        <x:v>548271</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>548271</x:v>
+        <x:v>548368</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
-        <x:v>36112</x:v>
+        <x:v>37916</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="E41" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
-        <x:v>22404</x:v>
+        <x:v>22313</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>548368</x:v>
+        <x:v>547548</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
-        <x:v>37916</x:v>
+        <x:v>37917</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
-      <x:c r="E42" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
-        <x:v>22313</x:v>
+        <x:v>22404</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>547548</x:v>
+        <x:v>543657</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
-        <x:v>37917</x:v>
+        <x:v>36112</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
+      <x:c r="E43" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G43" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>543657</x:v>
+        <x:v>603285</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
-        <x:v>36112</x:v>
+        <x:v>41012</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
-        <x:v>79</x:v>
-[...1 lines deleted...]
-      <x:c r="H44" s="14" t="s"/>
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="H44" s="14" t="s">
+        <x:v>59</x:v>
+      </x:c>
       <x:c r="I44" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
-        <x:v>22404</x:v>
+        <x:v>22313</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>603285</x:v>
+        <x:v>548499</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
-        <x:v>41012</x:v>
+        <x:v>36112</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="E45" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
-        <x:v>52</x:v>
-[...2 lines deleted...]
-        <x:v>53</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
-        <x:v>22313</x:v>
+        <x:v>22404</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>548499</x:v>
+        <x:v>548272</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>548272</x:v>
+        <x:v>548327</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
-        <x:v>36112</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
-      <x:c r="E47" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G47" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
-        <x:v>22404</x:v>
+        <x:v>22313</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>548327</x:v>
+        <x:v>543644</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
-        <x:v>68</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
-        <x:v>471</x:v>
+        <x:v>36112</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
-      <x:c r="E48" s="14" t="s"/>
+      <x:c r="E48" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
-        <x:v>22313</x:v>
+        <x:v>22404</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>543644</x:v>
+        <x:v>603225</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="E49" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H49" s="0" t="s">
+        <x:v>52</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>603225</x:v>
+        <x:v>552882</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
-        <x:v>36112</x:v>
+        <x:v>35508</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
-        <x:v>56</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
-        <x:v>22404</x:v>
+        <x:v>22313</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>552882</x:v>
+        <x:v>548886</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
-        <x:v>35508</x:v>
+        <x:v>38578</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="E51" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
-        <x:v>22313</x:v>
+        <x:v>22294</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>548886</x:v>
+        <x:v>547583</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
-        <x:v>38578</x:v>
+        <x:v>37917</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
-        <x:v>22294</x:v>
+        <x:v>22404</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>547583</x:v>
+        <x:v>547549</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
-        <x:v>37917</x:v>
+        <x:v>36112</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="E53" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>547549</x:v>
+        <x:v>547606</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
-        <x:v>36112</x:v>
+        <x:v>37301</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
-      <x:c r="E54" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
-        <x:v>62</x:v>
-[...1 lines deleted...]
-      <x:c r="H54" s="14" t="s"/>
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="H54" s="14" t="s">
+        <x:v>114</x:v>
+      </x:c>
       <x:c r="I54" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
-        <x:v>22404</x:v>
+        <x:v>45096</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>547606</x:v>
+        <x:v>572148</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
-        <x:v>37301</x:v>
+        <x:v>37237</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
+      <x:c r="E55" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G55" s="0" t="s">
-        <x:v>113</x:v>
-[...2 lines deleted...]
-        <x:v>114</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
-        <x:v>45096</x:v>
+        <x:v>22313</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>572148</x:v>
+        <x:v>548866</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
-        <x:v>37237</x:v>
+        <x:v>36112</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
-        <x:v>22313</x:v>
+        <x:v>22404</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>548866</x:v>
+        <x:v>548208</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="E57" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>548208</x:v>
+        <x:v>548328</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
-      <x:c r="E58" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>548328</x:v>
+        <x:v>543663</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
-        <x:v>36112</x:v>
+        <x:v>37301</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="H59" s="0" t="s">
+        <x:v>114</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
-        <x:v>22404</x:v>
+        <x:v>45591</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>543663</x:v>
+        <x:v>572149</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
-        <x:v>68</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>37301</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
-      <x:c r="E60" s="14" t="s"/>
+      <x:c r="E60" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I60" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>45591</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>572149</x:v>
+        <x:v>556721</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
-        <x:v>37301</x:v>
+        <x:v>37916</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
-      <x:c r="E61" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G61" s="0" t="s">
-        <x:v>113</x:v>
-[...2 lines deleted...]
-        <x:v>114</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
-        <x:v>45591</x:v>
+        <x:v>22313</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>556721</x:v>
+        <x:v>543670</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
-        <x:v>68</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
-        <x:v>37916</x:v>
+        <x:v>37917</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
-      <x:c r="E62" s="14" t="s"/>
+      <x:c r="E62" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
-        <x:v>22313</x:v>
+        <x:v>22404</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>543670</x:v>
+        <x:v>605510</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
-        <x:v>37917</x:v>
+        <x:v>41012</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
-      <x:c r="E63" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G63" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
-        <x:v>22404</x:v>
+        <x:v>22313</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>605510</x:v>
+        <x:v>618431</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
-        <x:v>68</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
-        <x:v>41012</x:v>
+        <x:v>36112</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
-      <x:c r="E64" s="14" t="s"/>
+      <x:c r="E64" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
-        <x:v>22313</x:v>
+        <x:v>22404</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>618431</x:v>
+        <x:v>548231</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
@@ -5359,75 +5356,75 @@
       <x:c r="T67" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>35508</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>22313</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>566262</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>37301</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
@@ -6008,54 +6005,54 @@
       <x:c r="I80" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>22313</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>585089</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>35507</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="E81" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -6068,54 +6065,54 @@
       <x:c r="I81" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>22396</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>585091</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C82" s="15" t="s"/>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
@@ -6336,54 +6333,54 @@
       <x:c r="I86" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>22396</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>587266</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>35508</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="E87" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -6396,54 +6393,54 @@
       <x:c r="I87" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>22313</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
         <x:v>587265</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>37301</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
@@ -6527,92 +6524,92 @@
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>594277</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>41012</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="I90" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>22313</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>598857</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
@@ -6928,151 +6925,151 @@
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>592933</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
-        <x:v>37917</x:v>
+        <x:v>41867</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>460657</x:v>
+        <x:v>594275</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
-        <x:v>205</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
-        <x:v>41867</x:v>
+        <x:v>37917</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>594275</x:v>
+        <x:v>460657</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>41835</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
@@ -7783,75 +7780,75 @@
       <x:c r="T111" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>37916</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>22313</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>493589</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>41835</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
@@ -7938,51 +7935,51 @@
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>594276</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>41012</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="E115" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>30</x:v>
@@ -8111,92 +8108,92 @@
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>603984</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>41012</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="I118" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>22313</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
         <x:v>598858</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
@@ -8353,198 +8350,198 @@
         <x:v>595567</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="I122" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>604265</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="E123" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H123" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>604266</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>519386</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
@@ -8621,68 +8618,68 @@
       <x:c r="J126" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>22313</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>621474</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>41012</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="E127" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="H127" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>29</x:v>
@@ -8832,75 +8829,75 @@
       <x:c r="T129" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>38578</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>22294</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
         <x:v>493584</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>41866</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
@@ -9054,75 +9051,75 @@
       <x:c r="T133" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>41012</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>22313</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
         <x:v>618432</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>41835</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
@@ -9320,64 +9317,64 @@
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
         <x:v>594272</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>41012</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="E139" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>22313</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
@@ -9449,51 +9446,51 @@
       <x:c r="T140" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>38578</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="E141" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>22294</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
@@ -10053,95 +10050,95 @@
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
         <x:v>594253</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>41012</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I152" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>22313</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
         <x:v>621480</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
         <x:v>41835</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="E153" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -10243,75 +10240,75 @@
       <x:c r="S154" s="14" t="n">
         <x:v>603978</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>471</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>22313</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
         <x:v>493600</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C156" s="15" t="s"/>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
@@ -10639,54 +10636,54 @@
       <x:c r="I162" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>22313</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
         <x:v>620147</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>35507</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="E163" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -10699,54 +10696,54 @@
       <x:c r="I163" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>22396</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
         <x:v>620148</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>